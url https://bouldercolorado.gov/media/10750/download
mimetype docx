--- v0 (2025-10-20)
+++ v1 (2026-03-02)
@@ -5,2804 +5,3837 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="56CE77F7" w14:textId="12AFD6C5" w:rsidR="00CA0972" w:rsidRDefault="001E04FD" w:rsidP="006D60D2">
+    <w:p w14:paraId="56CE77F7" w14:textId="6C52D00F" w:rsidR="00CA0972" w:rsidRPr="008A0706" w:rsidRDefault="001E04FD" w:rsidP="006D60D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008A0706">
         <w:rPr>
-          <w:rFonts w:ascii="Adelle Sans Extrabold" w:hAnsi="Adelle Sans Extrabold"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="406F8C"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2703B5A3" wp14:editId="7A5C44C5">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2703B5A3" wp14:editId="16C8A2BD">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:align>center</wp:align>
+              <wp:posOffset>2254156</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-374650</wp:posOffset>
+              <wp:posOffset>-627134</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1060450" cy="1060450"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
             <wp:wrapNone/>
-            <wp:docPr id="16" name="Picture 16" descr="City of Boulder Logo&#10;"/>
+            <wp:docPr id="16" name="Picture 16" descr="City of Boulder City Manager's Office"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="16" name="Picture 16" descr="City of Boulder Logo&#10;"/>
+                    <pic:cNvPr id="16" name="Picture 16" descr="City of Boulder City Manager's Office"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1060450" cy="1060450"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
+      <w:r w:rsidR="00A53036">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A53036">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A53036">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4479EE63" w14:textId="3B56A7CB" w:rsidR="00CA0972" w:rsidRDefault="00CA0972" w:rsidP="006D60D2">
+    <w:p w14:paraId="4479EE63" w14:textId="3B56A7CB" w:rsidR="00CA0972" w:rsidRPr="008A0706" w:rsidRDefault="00CA0972" w:rsidP="006D60D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D6E2185" w14:textId="12E3281E" w:rsidR="006D60D2" w:rsidRDefault="006D60D2" w:rsidP="006D60D2">
+    <w:p w14:paraId="6D6E2185" w14:textId="12E3281E" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2" w:rsidP="006D60D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E475D8">
+      <w:r w:rsidRPr="008A0706">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Intent to </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00E475D8">
+      <w:r w:rsidRPr="008A0706">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Circulate </w:t>
       </w:r>
-      <w:r w:rsidR="00205A0F">
+      <w:r w:rsidR="00205A0F" w:rsidRPr="008A0706">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00205A0F">
+      <w:r w:rsidR="00205A0F" w:rsidRPr="008A0706">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AA7431">
+      <w:r w:rsidR="00AA7431" w:rsidRPr="008A0706">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Municipal </w:t>
       </w:r>
-      <w:r w:rsidR="002926DD">
+      <w:r w:rsidR="002926DD" w:rsidRPr="008A0706">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>Ini</w:t>
       </w:r>
-      <w:r w:rsidR="000A04ED">
+      <w:r w:rsidR="000A04ED" w:rsidRPr="008A0706">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>tia</w:t>
       </w:r>
-      <w:r w:rsidR="002926DD">
+      <w:r w:rsidR="002926DD" w:rsidRPr="008A0706">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>tives</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C1DDBFC" w14:textId="3EE17093" w:rsidR="002926DD" w:rsidRPr="00BC498D" w:rsidRDefault="002926DD" w:rsidP="006D60D2">
+    <w:p w14:paraId="7C1DDBFC" w14:textId="3EE17093" w:rsidR="002926DD" w:rsidRPr="008A0706" w:rsidRDefault="002926DD" w:rsidP="006D60D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="20577266">
+      <w:r w:rsidRPr="008A0706">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="0028169B">
+      <w:r w:rsidRPr="001D05A7">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="ED0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>not for use for Charter</w:t>
       </w:r>
-      <w:r w:rsidR="00AA7431" w:rsidRPr="0028169B">
+      <w:r w:rsidR="00AA7431" w:rsidRPr="001D05A7">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="ED0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BC498D" w:rsidRPr="0028169B">
+      <w:r w:rsidR="00BC498D" w:rsidRPr="001D05A7">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="ED0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Initiatives</w:t>
       </w:r>
-      <w:r w:rsidR="00BC498D" w:rsidRPr="20577266">
+      <w:r w:rsidR="00BC498D" w:rsidRPr="008A0706">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3508E560" w14:textId="7B3DF368" w:rsidR="006D60D2" w:rsidRPr="00A25C70" w:rsidRDefault="006D60D2" w:rsidP="006D60D2">
+    <w:p w14:paraId="3508E560" w14:textId="7B3DF368" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2" w:rsidP="006D60D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="315469AB" w14:textId="79B7FF01" w:rsidR="006D60D2" w:rsidRPr="003E2E9B" w:rsidRDefault="006D60D2" w:rsidP="006D60D2">
+    <w:p w14:paraId="315469AB" w14:textId="79B7FF01" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2" w:rsidP="006D60D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2E9B">
+      <w:r w:rsidRPr="008A0706">
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Committees may choose electronic </w:t>
       </w:r>
-      <w:r w:rsidR="00DB7428" w:rsidRPr="003E2E9B">
+      <w:r w:rsidR="00DB7428" w:rsidRPr="008A0706">
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and/</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E2E9B">
+      <w:r w:rsidRPr="008A0706">
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or paper petition formats.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E669E24" w14:textId="24918503" w:rsidR="006D60D2" w:rsidRPr="003E2E9B" w:rsidRDefault="006D60D2" w:rsidP="00FB1550">
+    <w:p w14:paraId="0E669E24" w14:textId="0963B8A2" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2" w:rsidP="00FB1550">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4230"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003E2E9B">
+      <w:r w:rsidRPr="008A0706">
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Last</w:t>
+        <w:t>Last day to file for sufficiency is the 1</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003E2E9B">
+      <w:r w:rsidR="00B966A6" w:rsidRPr="008A0706">
         <w:rPr>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E2E9B">
+      <w:r w:rsidRPr="008A0706">
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E2E9B">
+      <w:r w:rsidRPr="008A0706">
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E2E9B">
+      <w:r w:rsidRPr="008A0706">
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> day prior to the November </w:t>
       </w:r>
-      <w:r w:rsidR="00447BEF">
+      <w:r w:rsidR="007542B7">
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="003D1FB3" w:rsidRPr="003E2E9B">
+      <w:r w:rsidR="003D1FB3" w:rsidRPr="008A0706">
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="003D1FB3" w:rsidRPr="003E2E9B">
+      <w:r w:rsidR="003D1FB3" w:rsidRPr="008A0706">
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00447BEF">
+      <w:r w:rsidR="007542B7">
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="003D1FB3" w:rsidRPr="003E2E9B">
+      <w:r w:rsidR="003D1FB3" w:rsidRPr="008A0706">
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E2E9B">
+      <w:r w:rsidRPr="008A0706">
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>election [</w:t>
       </w:r>
-      <w:r w:rsidR="00B966A6">
+      <w:r w:rsidR="00B966A6" w:rsidRPr="008A0706">
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>May</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E2E9B">
+      <w:r w:rsidRPr="008A0706">
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B966A6">
+      <w:r w:rsidR="00B966A6" w:rsidRPr="008A0706">
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00447BEF">
+      <w:r w:rsidR="007542B7">
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>8</w:t>
+        <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E2E9B">
+      <w:r w:rsidRPr="008A0706">
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
-      <w:r w:rsidR="00447BEF">
+      <w:r w:rsidR="007542B7">
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E2E9B">
+      <w:r w:rsidRPr="008A0706">
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11CD7677" w14:textId="6887D269" w:rsidR="006D60D2" w:rsidRDefault="006D60D2" w:rsidP="006D60D2">
+    <w:p w14:paraId="11CD7677" w14:textId="6887D269" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2" w:rsidP="006D60D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9715" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="445"/>
-        <w:gridCol w:w="2340"/>
+        <w:gridCol w:w="449"/>
+        <w:gridCol w:w="2339"/>
         <w:gridCol w:w="225"/>
-        <w:gridCol w:w="2205"/>
+        <w:gridCol w:w="2204"/>
         <w:gridCol w:w="360"/>
-        <w:gridCol w:w="1260"/>
+        <w:gridCol w:w="1259"/>
         <w:gridCol w:w="360"/>
-        <w:gridCol w:w="2155"/>
+        <w:gridCol w:w="2519"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006D60D2" w14:paraId="4CE7CE79" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="4CE7CE79" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:tcW w:w="9715" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
-          <w:p w14:paraId="12466D3A" w14:textId="64C147F9" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-[...4 lines deleted...]
-          <w:p w14:paraId="32D9142D" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="00780B67" w:rsidRDefault="006D60D2"/>
+          <w:p w14:paraId="12466D3A" w14:textId="374648D7" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>TITLE:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32D9142D" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="49C90D58" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="49C90D58" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73E8E6C6" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="73E8E6C6" w14:textId="0055B20F" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="48EA2C92" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="48EA2C92" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t>Submission Date</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5ABCB394" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2"/>
-[...3 lines deleted...]
-            <w:tcW w:w="3775" w:type="dxa"/>
+          <w:p w14:paraId="5ABCB394" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-              <w:rPr>
+          </w:tcPr>
+          <w:p w14:paraId="14422D1A" w14:textId="1E653E4B" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="00B0F0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00363BEA" w14:paraId="1AA8E453" w14:textId="77777777">
+      <w:tr w:rsidR="00363BEA" w:rsidRPr="008A0706" w14:paraId="1AA8E453" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
+          <w:trHeight w:val="593"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4111CD13" w14:textId="77777777" w:rsidR="00363BEA" w:rsidRPr="008533A0" w:rsidRDefault="00363BEA">
+          <w:p w14:paraId="4111CD13" w14:textId="5733FBF4" w:rsidR="00363BEA" w:rsidRPr="008A0706" w:rsidRDefault="00363BEA">
             <w:pPr>
               <w:jc w:val="right"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>B</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="8905" w:type="dxa"/>
+            <w:r w:rsidR="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9270" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="670D5BFF" w14:textId="44FC7845" w:rsidR="00363BEA" w:rsidRDefault="00363BEA">
-            <w:r>
+          <w:p w14:paraId="042BAD6D" w14:textId="3602E4DA" w:rsidR="00363BEA" w:rsidRPr="007542B7" w:rsidRDefault="00363BEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t xml:space="preserve">City Clerk Review within </w:t>
             </w:r>
-            <w:r w:rsidR="00D2791A">
+            <w:r w:rsidR="00D2791A" w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t>fifteen</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t xml:space="preserve"> calendar days</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="042BAD6D" w14:textId="77777777" w:rsidR="00363BEA" w:rsidRPr="00401724" w:rsidRDefault="00363BEA">
-[...5 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00363BEA" w14:paraId="09A10BCB" w14:textId="77777777">
+      <w:tr w:rsidR="00363BEA" w:rsidRPr="008A0706" w14:paraId="09A10BCB" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
+          <w:trHeight w:val="620"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C4C00B1" w14:textId="21EE996E" w:rsidR="00363BEA" w:rsidRDefault="00363BEA">
+          <w:p w14:paraId="5C4C00B1" w14:textId="7CA814D4" w:rsidR="00363BEA" w:rsidRPr="008A0706" w:rsidRDefault="00363BEA">
             <w:pPr>
               <w:jc w:val="right"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>C</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="8905" w:type="dxa"/>
+            <w:r w:rsidR="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9270" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="20B92A54" w14:textId="67759E40" w:rsidR="00363BEA" w:rsidRDefault="00363BEA">
-[...28 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="31E3C248" w14:textId="3EAD82E4" w:rsidR="00363BEA" w:rsidRPr="007542B7" w:rsidRDefault="00363BEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">No more than </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>180 days to circulate from approval by the City Clerk</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00EC0FF5">
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>and</w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007542B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
               <w:t xml:space="preserve">no later than </w:t>
             </w:r>
-            <w:r w:rsidR="00D2791A">
+            <w:r w:rsidR="00D2791A" w:rsidRPr="007542B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
               <w:t>May</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007542B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00D2791A">
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="008A0706" w:rsidRPr="007542B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007542B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...10 lines deleted...]
-            <w:r w:rsidR="00421CE2">
+            <w:r w:rsidR="003F575F" w:rsidRPr="007542B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t>2026,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to submit for sufficiency</w:t>
+            </w:r>
+            <w:r w:rsidR="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="00421CE2" w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Charter Section 39</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31E3C248" w14:textId="18F59746" w:rsidR="00363BEA" w:rsidRPr="00EC0FF5" w:rsidRDefault="00363BEA">
-[...5 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="2CA30D36" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="2CA30D36" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
+          <w:trHeight w:val="386"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="024E10BD" w14:textId="18F0A397" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="024E10BD" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:t>D</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>D.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="07E4D9A9" w14:textId="069C5398" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="07E4D9A9" w14:textId="0FA9E632" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Required Number of Endorsements for 202</w:t>
             </w:r>
-            <w:r w:rsidR="00DF1B4D">
-[...6 lines deleted...]
-            <w:tcW w:w="3775" w:type="dxa"/>
+            <w:r w:rsidR="008A1636" w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="717EE84F" w14:textId="335DE6DD" w:rsidR="006D60D2" w:rsidRDefault="006D7ACA">
-[...1 lines deleted...]
-              <w:t>3,401</w:t>
+          <w:p w14:paraId="717EE84F" w14:textId="1B628352" w:rsidR="006D60D2" w:rsidRPr="00A53036" w:rsidRDefault="00A53036">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A53036">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t>3418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="2D7297FC" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="2D7297FC" w14:textId="77777777" w:rsidTr="003F575F">
         <w:trPr>
+          <w:trHeight w:val="1484"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="063E982D" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="063E982D" w14:textId="04A4F6A5" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>E</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="8905" w:type="dxa"/>
+            <w:r w:rsidR="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9270" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="2A60BBBC" w14:textId="68359DE8" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="2A60BBBC" w14:textId="68359DE8" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t>Warning</w:t>
             </w:r>
-            <w:r w:rsidR="00F55C92">
+            <w:r w:rsidR="00F55C92" w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00E67F34">
+            <w:r w:rsidR="00E67F34" w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00447BEF">
+            <w:r w:rsidR="00447BEF" w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00E67F34">
+            <w:r w:rsidR="00E67F34" w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t xml:space="preserve">exactly </w:t>
             </w:r>
-            <w:r w:rsidR="00F55C92">
+            <w:r w:rsidR="00F55C92" w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t>as shown below</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F77E85">
-              <w:rPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>cannot change wor</w:t>
-[...23 lines deleted...]
-          <w:p w14:paraId="5C0ED66A" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2" w:rsidP="006D60D2">
+              <w:t>cannot change wording)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C0ED66A" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2" w:rsidP="006D60D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>plain red letters</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40448669" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2" w:rsidP="006D60D2">
+          <w:p w14:paraId="40448669" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2" w:rsidP="006D60D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>10-point font</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FE5452F" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2" w:rsidP="006D60D2">
+          <w:p w14:paraId="1FE5452F" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2" w:rsidP="006D60D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>mandatory to have at the top of each petition page</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="399BEA26" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2" w:rsidP="006D60D2">
+          <w:p w14:paraId="399BEA26" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2" w:rsidP="006D60D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>not included on Circulator Affidavit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="42BA13AA" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="42BA13AA" w14:textId="77777777" w:rsidTr="00050381">
+        <w:trPr>
+          <w:trHeight w:val="1700"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="203D72C5" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9270" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A3523CD" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="001D05A7" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="ED0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D05A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="ED0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WARNING: IT IS AGAINST THE LAW: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D05A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="ED0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">For anyone to sign any petition with any name other than his or her own or to knowingly sign his or her name more than once for the same measure or to sign such petition when not a registered elector.  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D05A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="ED0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DO NOT SIGN THIS PETITION UNLESS YOU ARE A REGISTERED ELECTOR: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D05A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="ED0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Do not sign this petition unless you have read or </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001D05A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="ED0000"/>
+              </w:rPr>
+              <w:t>had</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001D05A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="ED0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> read to you the text of the proposal in its entirety and understand its meaning.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63AB6E79" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="001D05A7" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="ED0000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="188F2A78" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
-            <w:vMerge/>
-[...1 lines deleted...]
-          <w:p w14:paraId="203D72C5" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          </w:tcPr>
+          <w:p w14:paraId="77913653" w14:textId="4796BB9B" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
-            </w:pPr>
-[...4 lines deleted...]
-            <w:tcW w:w="8905" w:type="dxa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidR="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9270" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="7068A955" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="0028169B" w:rsidRDefault="006D60D2">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="18DDF8A1" w14:textId="713BD76D" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="ED0000"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Committee Members</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Must be registered voters of the city </w:t>
+            </w:r>
+            <w:r w:rsidR="007542B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidR="007542B7" w:rsidRPr="007542B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="ED0000"/>
-[...52 lines deleted...]
-                <w:color w:val="ED0000"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Signatures can be electronic.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DEAECE6" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="188F2A78" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="2244EF36" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="77913653" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="475CFB2F" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
-            </w:pPr>
-[...32 lines deleted...]
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="551D1FC0" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="551D1FC0" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Print Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3825" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="5957F53F" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="00401724" w:rsidRDefault="006D60D2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5957F53F" w14:textId="6098B38A" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="00B0F0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2515" w:type="dxa"/>
+            <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1E684C54" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="00401724" w:rsidRDefault="006D60D2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1E684C54" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="00B0F0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00401724">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voter ID Verified  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:color w:val="AE009B"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1575468773"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="0028169B">
+                <w:r w:rsidRPr="001D05A7">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:color w:val="AE009B"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="49D18EA5" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="49D18EA5" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4999A30A" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="4999A30A" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="261087DB" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="261087DB" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6338B280" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2"/>
-[...3 lines deleted...]
-            <w:tcW w:w="6340" w:type="dxa"/>
+          <w:p w14:paraId="6338B280" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6705" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="1124BF74" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="00401724" w:rsidRDefault="006D60D2">
-[...3 lines deleted...]
-                <w:iCs/>
+          <w:p w14:paraId="1124BF74" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="00770DC0" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="7B56B02C" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="7B56B02C" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="075A310D" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="075A310D" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2A1882C9" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="2A1882C9" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Residential Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6340" w:type="dxa"/>
+            <w:tcW w:w="6705" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="095E224E" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="00A25C70" w:rsidRDefault="006D60D2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="095E224E" w14:textId="5D2C9916" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="00B0F0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="242AD881" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="242AD881" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="47B17DC6" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="47B17DC6" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7F32DD15" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="7F32DD15" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6340" w:type="dxa"/>
+            <w:tcW w:w="6705" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="5D586BC2" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="00A25C70" w:rsidRDefault="006D60D2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5D586BC2" w14:textId="12F9C6AC" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="00B0F0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="1845F3C6" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="1845F3C6" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1AC09D57" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="1AC09D57" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6A60C93A" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="6A60C93A" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Phone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6340" w:type="dxa"/>
+            <w:tcW w:w="6705" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="1E149FDF" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="00A25C70" w:rsidRDefault="006D60D2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1E149FDF" w14:textId="419D0357" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="00B0F0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="291346E7" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="291346E7" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="4EA5AA87" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="4EA5AA87" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="448BCE57" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="448BCE57" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Print Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3825" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="4277BC84" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="00A25C70" w:rsidRDefault="006D60D2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4277BC84" w14:textId="67CC5AD1" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="00B0F0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2515" w:type="dxa"/>
+            <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0687F6CA" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="00A25C70" w:rsidRDefault="006D60D2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="0687F6CA" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="00B0F0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A25C70">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voter ID Verified  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:color w:val="AE009B"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="845984296"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="0028169B">
+                <w:r w:rsidRPr="001D05A7">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:color w:val="AE009B"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="407F439B" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="407F439B" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6393C323" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="6393C323" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="36B210E6" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="36B210E6" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="683F12B5" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2"/>
-[...3 lines deleted...]
-            <w:tcW w:w="6340" w:type="dxa"/>
+          <w:p w14:paraId="683F12B5" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6705" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="56BD8AB6" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="00A25C70" w:rsidRDefault="006D60D2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="56BD8AB6" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="3EB81CB5" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="3EB81CB5" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6D5162D4" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="6D5162D4" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="664950D4" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="664950D4" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Residential Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6340" w:type="dxa"/>
+            <w:tcW w:w="6705" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="25AED1EC" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="00A25C70" w:rsidRDefault="006D60D2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="25AED1EC" w14:textId="08E1C6A3" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="00B0F0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="5748FA0A" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="5748FA0A" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="38321AA7" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="38321AA7" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="75355CC5" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="75355CC5" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6340" w:type="dxa"/>
+            <w:tcW w:w="6705" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="1B34E52F" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="00A25C70" w:rsidRDefault="006D60D2" w:rsidP="00D2791A">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1B34E52F" w14:textId="2FCDE616" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2" w:rsidP="00770DC0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="00B0F0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="4B576379" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="4B576379" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="25AD33CA" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="25AD33CA" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00A8A447" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="00A8A447" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Phone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6340" w:type="dxa"/>
+            <w:tcW w:w="6705" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="60B2EDBD" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="00A25C70" w:rsidRDefault="006D60D2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="60B2EDBD" w14:textId="09009B7C" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="00B0F0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="2773AC9F" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="2773AC9F" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="15E6DEDB" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="15E6DEDB" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="550031A1" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="550031A1" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Print Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4185" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="037CBE91" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2"/>
-[...3 lines deleted...]
-            <w:tcW w:w="2155" w:type="dxa"/>
+          <w:p w14:paraId="037CBE91" w14:textId="36BC72C9" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="63A76251" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+          <w:p w14:paraId="63A76251" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voter ID Verified  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:color w:val="AE009B"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-1672474626"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="0028169B">
+                <w:r w:rsidRPr="001D05A7">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:color w:val="AE009B"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="74856B4A" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="74856B4A" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1BB21885" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="1BB21885" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1A63681B" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="1A63681B" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="729D99B7" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2"/>
-[...3 lines deleted...]
-            <w:tcW w:w="6340" w:type="dxa"/>
+          <w:p w14:paraId="729D99B7" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6705" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="231EED61" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="00A25C70" w:rsidRDefault="006D60D2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="231EED61" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="728B0826" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="728B0826" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3D71F9E8" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="3D71F9E8" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="588D1538" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="588D1538" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Residential Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6340" w:type="dxa"/>
+            <w:tcW w:w="6705" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="3773DA50" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="00A25C70" w:rsidRDefault="006D60D2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3773DA50" w14:textId="55B1AAF7" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="00B0F0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="0A831A9A" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="0A831A9A" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5AC498E2" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="5AC498E2" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4329F257" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="4329F257" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6340" w:type="dxa"/>
+            <w:tcW w:w="6705" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="3B42BE16" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="00A25C70" w:rsidRDefault="006D60D2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3B42BE16" w14:textId="1BF89921" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="00B0F0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="64AC4BB9" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="64AC4BB9" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="62A039CB" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="62A039CB" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="37D61543" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="37D61543" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Phone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6340" w:type="dxa"/>
+            <w:tcW w:w="6705" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="2AFA7020" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="00A25C70" w:rsidRDefault="006D60D2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="2AFA7020" w14:textId="66650C1A" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="00B0F0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="299E7E56" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="299E7E56" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="40E1D8B7" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="40E1D8B7" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3343BC86" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="3343BC86" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Print Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4185" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="48A42491" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2"/>
-[...3 lines deleted...]
-            <w:tcW w:w="2155" w:type="dxa"/>
+          <w:p w14:paraId="48A42491" w14:textId="1B4DF83C" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5C1B97E1" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+          <w:p w14:paraId="5C1B97E1" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voter ID Verified  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:color w:val="AE009B"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1705213096"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="0028169B">
+                <w:r w:rsidRPr="001D05A7">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:color w:val="AE009B"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="2409FAB8" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="2409FAB8" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="40617CCA" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="40617CCA" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="76FD1929" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="76FD1929" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66BB3A8B" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2"/>
-[...3 lines deleted...]
-            <w:tcW w:w="6340" w:type="dxa"/>
+          <w:p w14:paraId="66BB3A8B" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6705" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="37C1E20E" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="00A25C70" w:rsidRDefault="006D60D2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="37C1E20E" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="192FC886" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="192FC886" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2DE43132" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="2DE43132" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="26402887" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="26402887" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Residential Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6340" w:type="dxa"/>
+            <w:tcW w:w="6705" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="065F82F6" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="00A25C70" w:rsidRDefault="006D60D2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="065F82F6" w14:textId="1938CD19" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="00B0F0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="247BBC9B" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="247BBC9B" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="592C7626" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="592C7626" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="19BD75DC" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="19BD75DC" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6340" w:type="dxa"/>
+            <w:tcW w:w="6705" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="145F3B89" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="00A25C70" w:rsidRDefault="006D60D2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="145F3B89" w14:textId="3320ED82" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="00B0F0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="5217C289" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="5217C289" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="39FF44E0" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="39FF44E0" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1102128E" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="1102128E" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Phone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6340" w:type="dxa"/>
+            <w:tcW w:w="6705" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="178E8883" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="00A25C70" w:rsidRDefault="006D60D2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="178E8883" w14:textId="11445B43" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="00B0F0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="207261B2" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="207261B2" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="748EDD67" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="748EDD67" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="27D0BE3E" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="27D0BE3E" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Print Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4185" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="0E1F13E3" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2"/>
-[...3 lines deleted...]
-            <w:tcW w:w="2155" w:type="dxa"/>
+          <w:p w14:paraId="0E1F13E3" w14:textId="066DD450" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="594AAA41" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+          <w:p w14:paraId="594AAA41" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voter ID Verified  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:color w:val="AE009B"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1853836746"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="0028169B">
+                <w:r w:rsidRPr="001D05A7">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:color w:val="AE009B"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="3DB2B51B" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="3DB2B51B" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5F1ABA96" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="5F1ABA96" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1F74ECED" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="1F74ECED" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63B2112B" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2"/>
-[...3 lines deleted...]
-            <w:tcW w:w="6340" w:type="dxa"/>
+          <w:p w14:paraId="63B2112B" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6705" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="41498CFE" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="00A25C70" w:rsidRDefault="006D60D2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="41498CFE" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="00B0F0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="167EBE9D" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="167EBE9D" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0BDA9591" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="0BDA9591" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5BA89D76" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="5BA89D76" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Residential Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6340" w:type="dxa"/>
+            <w:tcW w:w="6705" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="6EADA423" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="00A25C70" w:rsidRDefault="006D60D2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="6EADA423" w14:textId="3E76B2AA" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="00B0F0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="5B57108E" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="5B57108E" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="17635618" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="17635618" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="58EA8E04" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="58EA8E04" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6340" w:type="dxa"/>
+            <w:tcW w:w="6705" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="39570B3E" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="00A25C70" w:rsidRDefault="006D60D2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="39570B3E" w14:textId="6AB10709" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="00B0F0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="141F6F15" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="141F6F15" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3622F8EB" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="3622F8EB" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="76B42755" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="76B42755" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Phone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6340" w:type="dxa"/>
+            <w:tcW w:w="6705" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="7855F185" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="00A25C70" w:rsidRDefault="006D60D2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7855F185" w14:textId="2467D7F6" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="00B0F0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="6AEE7008" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="6AEE7008" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14F54489" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="14F54489" w14:textId="1257C6D3" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>G</w:t>
+            </w:r>
+            <w:r w:rsidR="003F575F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2052EF53" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="2052EF53" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t>Committee Email (public)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28B3F56E" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2" w:rsidP="006D60D2">
+          <w:p w14:paraId="28B3F56E" w14:textId="604D83E4" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2" w:rsidP="006D60D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>optiona</w:t>
+            </w:r>
+            <w:r w:rsidR="00996225">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>l</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6705" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ADB523B" w14:textId="3ED4BD3A" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="00770DC0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>optional</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="1ADB523B" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> TITLE   \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="1A21EB80" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="1A21EB80" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
+          <w:trHeight w:val="593"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="584CD180" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="584CD180" w14:textId="4C733E2E" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>H</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="8905" w:type="dxa"/>
+            <w:r w:rsidR="003F575F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9270" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="160DF93D" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-[...4 lines deleted...]
-          <w:p w14:paraId="311F558E" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="00FB76A4" w:rsidRDefault="006D60D2" w:rsidP="006D60D2">
+          <w:p w14:paraId="76C605DC" w14:textId="5E831C62" w:rsidR="00053EE3" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Petition Summary</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> –</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="311F558E" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2" w:rsidP="006D60D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Approved by the City Clerk</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="74F0B5C5" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="74F0B5C5" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="225448D8" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="225448D8" w14:textId="7C254705" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>I</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="8905" w:type="dxa"/>
+            <w:r w:rsidR="003F575F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9270" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="167B5AEA" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-[...4 lines deleted...]
-          <w:p w14:paraId="155B91AF" w14:textId="03ABDA94" w:rsidR="006D60D2" w:rsidRPr="00FB76A4" w:rsidRDefault="006D60D2" w:rsidP="006D60D2">
+          <w:p w14:paraId="167B5AEA" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Petition Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Insert Here</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="155B91AF" w14:textId="03ABDA94" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2" w:rsidP="006D60D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t>red lined</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-              <w:t>:  strike</w:t>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  strike</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t xml:space="preserve"> out for language removed from the </w:t>
             </w:r>
-            <w:r w:rsidR="0026303C">
+            <w:r w:rsidR="0026303C" w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Boulder Revised Code</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            <w:r w:rsidR="0026303C">
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>underscore</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for language added to the </w:t>
+            </w:r>
+            <w:r w:rsidR="0026303C" w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Boulder Revised Code.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="76DED27F" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="76DED27F" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="517A468B" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+          <w:p w14:paraId="517A468B" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
-            </w:pPr>
-[...4 lines deleted...]
-            <w:tcW w:w="8905" w:type="dxa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9270" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="5AF125A0" w14:textId="1CF40885" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5AF125A0" w14:textId="1CF40885" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0026303C">
-              <w:rPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>EXAMPLE</w:t>
             </w:r>
-            <w:r w:rsidR="0026303C">
-              <w:rPr>
+            <w:r w:rsidR="0026303C" w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58F78C43" w14:textId="77777777" w:rsidR="0026303C" w:rsidRPr="0026303C" w:rsidRDefault="0026303C">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="58F78C43" w14:textId="77777777" w:rsidR="0026303C" w:rsidRPr="008A0706" w:rsidRDefault="0026303C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="703D50E0" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="00EA69CE" w:rsidRDefault="006D60D2">
-            <w:r w:rsidRPr="00EA69CE">
+          <w:p w14:paraId="703D50E0" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t xml:space="preserve">Now is the time for all good </w:t>
             </w:r>
-            <w:r w:rsidRPr="00780B67">
-              <w:rPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:strike/>
               </w:rPr>
               <w:t>men</w:t>
             </w:r>
-            <w:r w:rsidRPr="00780B67">
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00780B67">
-              <w:rPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>people</w:t>
             </w:r>
-            <w:r w:rsidRPr="00780B67">
-[...6 lines deleted...]
-          <w:p w14:paraId="7B5494D6" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2"/>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to come to the aid of their country.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B5494D6" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="44B559C3" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="44B559C3" w14:textId="77777777" w:rsidTr="003F575F">
+        <w:trPr>
+          <w:trHeight w:val="431"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D3E3C9C" w14:textId="3D2282A1" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>J</w:t>
+            </w:r>
+            <w:r w:rsidR="003F575F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9270" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A80ADC" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Circulator Affidavit – only use city approved form [for paper petitions only]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="05712034" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="5D3E3C9C" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C415E62" w14:textId="6FFA1F0C" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
-            </w:pPr>
-[...7 lines deleted...]
-            <w:tcW w:w="8905" w:type="dxa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidR="003F575F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9270" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="37A80ADC" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008533A0" w:rsidRDefault="006D60D2">
-[...6 lines deleted...]
-              <w:t>Circulator Affidavit – only use city approved form [for paper petitions only]</w:t>
+          <w:p w14:paraId="72CEDFEB" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Choose Method of Circulation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D60D2" w14:paraId="05712034" w14:textId="77777777">
+      <w:tr w:rsidR="006D60D2" w:rsidRPr="008A0706" w14:paraId="08E3F4E9" w14:textId="77777777" w:rsidTr="007542B7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7C415E62" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5FED18AC" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
             <w:pPr>
               <w:jc w:val="right"/>
-            </w:pPr>
-[...28 lines deleted...]
-              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:id w:val="-2025777043"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="25D857A7" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-                <w:r>
+              <w:p w14:paraId="25D857A7" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+                <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="008A0706">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w14:paraId="77A75AFC" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="77A75AFC" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t xml:space="preserve">Electronic </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:id w:val="1683629170"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="6A5A7406" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-                <w:r>
+              <w:p w14:paraId="6A5A7406" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+                <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="008A0706">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w14:paraId="2B21FB66" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="2B21FB66" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Paper</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4135" w:type="dxa"/>
+            <w:tcW w:w="4500" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:id w:val="-388417317"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="51B63D23" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-                <w:r>
+              <w:p w14:paraId="51B63D23" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+                <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="008A0706">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w14:paraId="66794275" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2">
-            <w:r>
+          <w:p w14:paraId="66794275" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Electronic and Paper</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="591B56F6" w14:textId="5858EC97" w:rsidR="00BF4077" w:rsidRPr="00BF4077" w:rsidRDefault="00BF4077"/>
+          <w:p w14:paraId="591B56F6" w14:textId="5858EC97" w:rsidR="00BF4077" w:rsidRPr="008A0706" w:rsidRDefault="00BF4077">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2C374472" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2" w:rsidP="006D60D2">
+    <w:p w14:paraId="2C374472" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2" w:rsidP="006D60D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F498CEC" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRDefault="006D60D2" w:rsidP="006D60D2">
+    <w:p w14:paraId="5F498CEC" w14:textId="77777777" w:rsidR="006D60D2" w:rsidRPr="008A0706" w:rsidRDefault="006D60D2" w:rsidP="006D60D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CD30507" w14:textId="77777777" w:rsidR="008F31D6" w:rsidRPr="006D60D2" w:rsidRDefault="008F31D6" w:rsidP="006D60D2"/>
-    <w:sectPr w:rsidR="008F31D6" w:rsidRPr="006D60D2">
+    <w:p w14:paraId="3CD30507" w14:textId="77777777" w:rsidR="008F31D6" w:rsidRPr="008A0706" w:rsidRDefault="008F31D6" w:rsidP="006D60D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="008F31D6" w:rsidRPr="008A0706">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E1F97AD" w14:textId="77777777" w:rsidR="00FC21A7" w:rsidRDefault="00FC21A7">
+    <w:p w14:paraId="74074A3E" w14:textId="77777777" w:rsidR="00FC48CD" w:rsidRDefault="00FC48CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2CD56415" w14:textId="77777777" w:rsidR="00FC21A7" w:rsidRDefault="00FC21A7">
+    <w:p w14:paraId="72E08A02" w14:textId="77777777" w:rsidR="00FC48CD" w:rsidRDefault="00FC48CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="267BFE8F" w14:textId="77777777" w:rsidR="00FC21A7" w:rsidRDefault="00FC21A7">
+    <w:p w14:paraId="52794073" w14:textId="77777777" w:rsidR="00FC48CD" w:rsidRDefault="00FC48CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Adelle Sans Extrabold">
-    <w:panose1 w:val="00000900000000000000"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="modern"/>
-    <w:notTrueType/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000007" w:usb1="10000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="23B02CD4" w14:textId="46133405" w:rsidR="008F31D6" w:rsidRDefault="006D60D2">
+  <w:p w14:paraId="23B02CD4" w14:textId="72B5646D" w:rsidR="008F31D6" w:rsidRDefault="006D60D2">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t>FORM - Intent to Circulate</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t>02-</w:t>
     </w:r>
-    <w:r w:rsidR="00CA0972">
-      <w:t>2</w:t>
+    <w:r w:rsidR="008A1636">
+      <w:t>12</w:t>
     </w:r>
     <w:r w:rsidR="00D2791A">
-      <w:t>9-2024</w:t>
+      <w:t>-202</w:t>
+    </w:r>
+    <w:r w:rsidR="008A1636">
+      <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="38B4747E" w14:textId="77777777" w:rsidR="008F31D6" w:rsidRDefault="008F31D6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="34EBA92F" w14:textId="77777777" w:rsidR="00FC21A7" w:rsidRDefault="00FC21A7">
+    <w:p w14:paraId="26596C48" w14:textId="77777777" w:rsidR="00FC48CD" w:rsidRDefault="00FC48CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="042E31C5" w14:textId="77777777" w:rsidR="00FC21A7" w:rsidRDefault="00FC21A7">
+    <w:p w14:paraId="26E7CE19" w14:textId="77777777" w:rsidR="00FC48CD" w:rsidRDefault="00FC48CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="31690D5B" w14:textId="77777777" w:rsidR="00FC21A7" w:rsidRDefault="00FC21A7">
+    <w:p w14:paraId="47348D09" w14:textId="77777777" w:rsidR="00FC48CD" w:rsidRDefault="00FC48CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33EB7CD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="220C8454"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
@@ -3238,170 +4271,187 @@
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1745104590">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="273707808">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1166242629">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1710063570">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="170"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00744718"/>
+    <w:rsid w:val="00050381"/>
+    <w:rsid w:val="00053EE3"/>
     <w:rsid w:val="000A04ED"/>
     <w:rsid w:val="000C6A28"/>
     <w:rsid w:val="000D35BB"/>
     <w:rsid w:val="00123F9F"/>
     <w:rsid w:val="00136D4B"/>
     <w:rsid w:val="001815AF"/>
+    <w:rsid w:val="001D05A7"/>
     <w:rsid w:val="001E04FD"/>
     <w:rsid w:val="0020184B"/>
     <w:rsid w:val="00205A0F"/>
+    <w:rsid w:val="0021316C"/>
     <w:rsid w:val="0026303C"/>
-    <w:rsid w:val="0028169B"/>
     <w:rsid w:val="002926DD"/>
     <w:rsid w:val="003145C7"/>
     <w:rsid w:val="00363BEA"/>
     <w:rsid w:val="003D1FB3"/>
-    <w:rsid w:val="003D4810"/>
     <w:rsid w:val="003E2E9B"/>
+    <w:rsid w:val="003F575F"/>
     <w:rsid w:val="004023AE"/>
     <w:rsid w:val="00421CE2"/>
     <w:rsid w:val="00447BEF"/>
+    <w:rsid w:val="0049601A"/>
     <w:rsid w:val="005273BB"/>
     <w:rsid w:val="0058400C"/>
-    <w:rsid w:val="00643043"/>
+    <w:rsid w:val="0063771D"/>
     <w:rsid w:val="00675A70"/>
-    <w:rsid w:val="006D1472"/>
+    <w:rsid w:val="00693955"/>
     <w:rsid w:val="006D1DDA"/>
     <w:rsid w:val="006D60D2"/>
     <w:rsid w:val="006D7ACA"/>
+    <w:rsid w:val="007344D3"/>
     <w:rsid w:val="00744718"/>
+    <w:rsid w:val="007542B7"/>
+    <w:rsid w:val="00770DC0"/>
+    <w:rsid w:val="007C1946"/>
     <w:rsid w:val="007D0875"/>
     <w:rsid w:val="007D14CA"/>
+    <w:rsid w:val="007E492E"/>
+    <w:rsid w:val="007F68BA"/>
+    <w:rsid w:val="00843AAB"/>
+    <w:rsid w:val="00887F00"/>
+    <w:rsid w:val="008A0706"/>
+    <w:rsid w:val="008A1636"/>
     <w:rsid w:val="008A3DCB"/>
     <w:rsid w:val="008A4D3E"/>
     <w:rsid w:val="008D7BE9"/>
     <w:rsid w:val="008F31D6"/>
     <w:rsid w:val="00976445"/>
     <w:rsid w:val="0098527B"/>
+    <w:rsid w:val="00996225"/>
+    <w:rsid w:val="009B3E87"/>
     <w:rsid w:val="009E34CD"/>
     <w:rsid w:val="00A00D06"/>
-    <w:rsid w:val="00A12FA8"/>
     <w:rsid w:val="00A15055"/>
+    <w:rsid w:val="00A53036"/>
     <w:rsid w:val="00AA7431"/>
     <w:rsid w:val="00AD18BB"/>
+    <w:rsid w:val="00B11A8D"/>
+    <w:rsid w:val="00B83890"/>
     <w:rsid w:val="00B966A6"/>
+    <w:rsid w:val="00BA0C58"/>
     <w:rsid w:val="00BC498D"/>
     <w:rsid w:val="00BF01CC"/>
     <w:rsid w:val="00BF4077"/>
     <w:rsid w:val="00BF6FD0"/>
-    <w:rsid w:val="00C0787A"/>
     <w:rsid w:val="00C532F1"/>
     <w:rsid w:val="00C8275D"/>
     <w:rsid w:val="00C84C6F"/>
     <w:rsid w:val="00CA0972"/>
     <w:rsid w:val="00CB3360"/>
     <w:rsid w:val="00D244CE"/>
     <w:rsid w:val="00D2791A"/>
     <w:rsid w:val="00D43A76"/>
     <w:rsid w:val="00DB7428"/>
-    <w:rsid w:val="00DD3B18"/>
     <w:rsid w:val="00DF1B4D"/>
+    <w:rsid w:val="00E3003E"/>
     <w:rsid w:val="00E475D8"/>
-    <w:rsid w:val="00E50A6D"/>
     <w:rsid w:val="00E67F34"/>
+    <w:rsid w:val="00E95C25"/>
     <w:rsid w:val="00EB1EF8"/>
     <w:rsid w:val="00EE05E1"/>
-    <w:rsid w:val="00F34393"/>
     <w:rsid w:val="00F51D70"/>
     <w:rsid w:val="00F5277C"/>
     <w:rsid w:val="00F55C92"/>
+    <w:rsid w:val="00F7684E"/>
     <w:rsid w:val="00F82348"/>
     <w:rsid w:val="00FA65F9"/>
     <w:rsid w:val="00FB1550"/>
-    <w:rsid w:val="00FC21A7"/>
+    <w:rsid w:val="00FC48CD"/>
     <w:rsid w:val="00FC7132"/>
     <w:rsid w:val="00FD270A"/>
     <w:rsid w:val="20577266"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="758709CD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2ECE0156-1EFB-4832-88B4-D9F9E73219E0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
@@ -3883,50 +4933,60 @@
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00CA0972"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00EB1EF8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008A1636"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -4213,70 +5273,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{10847688-F3B1-4DAD-B50E-B0014F06FE64}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>360</Words>
-  <Characters>1755</Characters>
+  <Words>390</Words>
+  <Characters>1919</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>157</Lines>
-  <Paragraphs>79</Paragraphs>
+  <Lines>174</Lines>
+  <Paragraphs>100</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2064</CharactersWithSpaces>
+  <CharactersWithSpaces>2209</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Marshall, Dianne</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>