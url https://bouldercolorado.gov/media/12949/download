--- v0 (2025-10-09)
+++ v1 (2025-12-12)
@@ -1,87 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29303"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cityofboulder.sharepoint.com/sites/DesignAdvisoryBoardDAB/Shared Documents/General/Website Files/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="54" documentId="13_ncr:1_{6ADBD15E-6B7D-424B-AC5D-69A86FEB7C91}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C5E84488-BEB3-47C0-8935-6827774080BE}"/>
+  <xr:revisionPtr revIDLastSave="76" documentId="13_ncr:1_{6ADBD15E-6B7D-424B-AC5D-69A86FEB7C91}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{922E64F2-A5A0-4F6C-8C43-BF4738F7706D}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Table 1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="243" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="248" uniqueCount="117">
   <si>
     <t>Design Advisory Board Projects Review 2012 to Present</t>
   </si>
   <si>
     <t>YEAR</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>MONTH</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
@@ -1111,57 +1111,63 @@
     <t>*New Board Member welcome and introductions
 *Board Elections of Chairperson and Vice-Chairperson</t>
   </si>
   <si>
     <t>* 2952 BASELINE RD</t>
   </si>
   <si>
     <t>LUR2024-00071</t>
   </si>
   <si>
     <t>1100 SPRUCE STREET
 1100 28th STREET</t>
   </si>
   <si>
     <t>ADR2025-00227
 LUR2025-00037</t>
   </si>
   <si>
     <t>2717 GLENWOOD DRIVE</t>
   </si>
   <si>
     <t>LUR2025-00023</t>
   </si>
   <si>
     <t>* Board matters</t>
+  </si>
+  <si>
+    <t>350 PONCA PLACE</t>
+  </si>
+  <si>
+    <t>LUR2025-00056</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="10">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Calibri"/>
@@ -1188,78 +1194,162 @@
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF1F1F1"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFBEBEBE"/>
       </left>
       <right style="thin">
         <color rgb="FFBEBEBE"/>
       </right>
       <top style="thin">
         <color rgb="FFBEBEBE"/>
       </top>
       <bottom style="thin">
         <color rgb="FFBEBEBE"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFBEBEBE"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFBEBEBE"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFBEBEBE"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFBEBEBE"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFBEBEBE"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFBEBEBE"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFBEBEBE"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="25">
+  <cellXfs count="34">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="6"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="6"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1287,50 +1377,77 @@
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="1" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="5" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="5" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -1603,1467 +1720,1485 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:D105"/>
+  <dimension ref="A1:D107"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A103" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D105" sqref="D105"/>
+      <pane ySplit="2" topLeftCell="A82" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="C107" sqref="C107"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.15"/>
+  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="16.83203125" style="23" customWidth="1"/>
-    <col min="2" max="2" width="22.5" customWidth="1"/>
+    <col min="1" max="1" width="16.77734375" style="23" customWidth="1"/>
+    <col min="2" max="2" width="22.44140625" customWidth="1"/>
     <col min="3" max="4" width="54.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="68.25" customHeight="1">
-      <c r="A1" s="24" t="s">
+    <row r="1" spans="1:4" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="33" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="24"/>
-[...3 lines deleted...]
-    <row r="2" spans="1:4" ht="21" customHeight="1">
+      <c r="B1" s="33"/>
+      <c r="C1" s="33"/>
+      <c r="D1" s="33"/>
+    </row>
+    <row r="2" spans="1:4" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="18" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="7" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="3" spans="1:4" ht="43.5" customHeight="1">
+    <row r="3" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="19">
         <v>2012</v>
       </c>
       <c r="B3" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="4"/>
     </row>
-    <row r="4" spans="1:4" ht="43.5" customHeight="1">
+    <row r="4" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="20">
         <v>2012</v>
       </c>
       <c r="B4" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="9" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="5"/>
     </row>
-    <row r="5" spans="1:4" ht="43.5" customHeight="1">
+    <row r="5" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="19">
         <v>2012</v>
       </c>
       <c r="B5" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="3"/>
     </row>
-    <row r="6" spans="1:4" ht="43.5" customHeight="1">
+    <row r="6" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="20">
         <v>2012</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>11</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="D6" s="6"/>
     </row>
-    <row r="7" spans="1:4" ht="43.5" customHeight="1">
+    <row r="7" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="19">
         <v>2013</v>
       </c>
       <c r="B7" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="D7" s="3"/>
     </row>
-    <row r="8" spans="1:4" ht="43.5" customHeight="1">
+    <row r="8" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="20">
         <v>2013</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="D8" s="5"/>
     </row>
-    <row r="9" spans="1:4" ht="43.5" customHeight="1">
+    <row r="9" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="19">
         <v>2013</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="4"/>
     </row>
-    <row r="10" spans="1:4" ht="43.5" customHeight="1">
+    <row r="10" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="20">
         <v>2013</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>17</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D10" s="5"/>
     </row>
-    <row r="11" spans="1:4" ht="43.5" customHeight="1">
+    <row r="11" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="19">
         <v>2013</v>
       </c>
       <c r="B11" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="3"/>
     </row>
-    <row r="12" spans="1:4" ht="43.5" customHeight="1">
+    <row r="12" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="20">
         <v>2013</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D12" s="6"/>
     </row>
-    <row r="13" spans="1:4" ht="43.5" customHeight="1">
+    <row r="13" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="19">
         <v>2013</v>
       </c>
       <c r="B13" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="D13" s="3"/>
     </row>
-    <row r="14" spans="1:4" ht="43.5" customHeight="1">
+    <row r="14" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="20">
         <v>2013</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>23</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>24</v>
       </c>
       <c r="D14" s="6"/>
     </row>
-    <row r="15" spans="1:4" ht="43.5" customHeight="1">
+    <row r="15" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="19">
         <v>2014</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>25</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>26</v>
       </c>
       <c r="D15" s="4"/>
     </row>
-    <row r="16" spans="1:4" ht="43.5" customHeight="1">
+    <row r="16" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="20">
         <v>2014</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D16" s="5"/>
     </row>
-    <row r="17" spans="1:4" ht="43.5" customHeight="1">
+    <row r="17" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="19">
         <v>2014</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>28</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D17" s="3"/>
     </row>
-    <row r="18" spans="1:4" ht="43.5" customHeight="1">
+    <row r="18" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="20">
         <v>2014</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>15</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D18" s="5"/>
     </row>
-    <row r="19" spans="1:4" ht="43.5" customHeight="1">
+    <row r="19" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="19">
         <v>2014</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>30</v>
       </c>
       <c r="D19" s="3"/>
     </row>
-    <row r="20" spans="1:4" ht="43.5" customHeight="1">
+    <row r="20" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="20">
         <v>2014</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>31</v>
       </c>
       <c r="D20" s="5"/>
     </row>
-    <row r="21" spans="1:4" ht="43.5" customHeight="1">
+    <row r="21" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="19">
         <v>2014</v>
       </c>
       <c r="B21" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="D21" s="3"/>
     </row>
-    <row r="22" spans="1:4" ht="43.5" customHeight="1">
+    <row r="22" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="20">
         <v>2014</v>
       </c>
       <c r="B22" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="D22" s="5"/>
     </row>
-    <row r="23" spans="1:4" ht="43.5" customHeight="1">
+    <row r="23" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="19">
         <v>2015</v>
       </c>
       <c r="B23" s="8" t="s">
         <v>25</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D23" s="4"/>
     </row>
-    <row r="24" spans="1:4" ht="43.5" customHeight="1">
+    <row r="24" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="20">
         <v>2015</v>
       </c>
       <c r="B24" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D24" s="5"/>
     </row>
-    <row r="25" spans="1:4" ht="43.5" customHeight="1">
+    <row r="25" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="19">
         <v>2015</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>35</v>
       </c>
       <c r="D25" s="3"/>
     </row>
-    <row r="26" spans="1:4" ht="43.5" customHeight="1">
+    <row r="26" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="20">
         <v>2015</v>
       </c>
       <c r="B26" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>36</v>
       </c>
       <c r="D26" s="5"/>
     </row>
-    <row r="27" spans="1:4" ht="43.5" customHeight="1">
+    <row r="27" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="19">
         <v>2015</v>
       </c>
       <c r="B27" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>37</v>
       </c>
       <c r="D27" s="3"/>
     </row>
-    <row r="28" spans="1:4" ht="43.5" customHeight="1">
+    <row r="28" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="20">
         <v>2015</v>
       </c>
       <c r="B28" s="12" t="s">
         <v>17</v>
       </c>
       <c r="C28" s="6" t="s">
         <v>38</v>
       </c>
       <c r="D28" s="6"/>
     </row>
-    <row r="29" spans="1:4" ht="43.5" customHeight="1">
+    <row r="29" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="19">
         <v>2015</v>
       </c>
       <c r="B29" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>39</v>
       </c>
       <c r="D29" s="4"/>
     </row>
-    <row r="30" spans="1:4" ht="43.5" customHeight="1">
+    <row r="30" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="20">
         <v>2015</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C30" s="6" t="s">
         <v>40</v>
       </c>
       <c r="D30" s="6"/>
     </row>
-    <row r="31" spans="1:4" ht="43.5" customHeight="1">
+    <row r="31" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="19">
         <v>2015</v>
       </c>
       <c r="B31" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>41</v>
       </c>
       <c r="D31" s="10" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="32" spans="1:4" ht="43.5" customHeight="1">
+    <row r="32" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="20">
         <v>2015</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D32" s="5"/>
     </row>
-    <row r="33" spans="1:4" ht="43.5" customHeight="1">
+    <row r="33" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="19">
         <v>2016</v>
       </c>
       <c r="B33" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C33" s="10" t="s">
         <v>45</v>
       </c>
       <c r="D33" s="4"/>
     </row>
-    <row r="34" spans="1:4" ht="43.5" customHeight="1">
+    <row r="34" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="20">
         <v>2016</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C34" s="12" t="s">
         <v>46</v>
       </c>
       <c r="D34" s="5"/>
     </row>
-    <row r="35" spans="1:4" ht="43.5" customHeight="1">
+    <row r="35" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="19">
         <v>2016</v>
       </c>
       <c r="B35" s="8" t="s">
         <v>43</v>
       </c>
       <c r="C35" s="17" t="s">
         <v>47</v>
       </c>
       <c r="D35" s="4"/>
     </row>
-    <row r="36" spans="1:4" ht="43.5" customHeight="1">
+    <row r="36" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="20">
         <v>2017</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C36" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D36" s="11" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="37" spans="1:4" ht="43.5" customHeight="1">
+    <row r="37" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="19">
         <v>2017</v>
       </c>
       <c r="B37" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>50</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="38" spans="1:4" ht="43.5" customHeight="1">
+    <row r="38" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="20">
         <v>2017</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D38" s="5"/>
     </row>
-    <row r="39" spans="1:4" ht="43.5" customHeight="1">
+    <row r="39" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="19">
         <v>2017</v>
       </c>
       <c r="B39" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>52</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="40" spans="1:4" ht="43.5" customHeight="1">
+    <row r="40" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="20">
         <v>2017</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>11</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>54</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="41" spans="1:4" ht="43.5" customHeight="1">
+    <row r="41" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="19">
         <v>2017</v>
       </c>
       <c r="B41" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>56</v>
       </c>
       <c r="D41" s="3" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="42" spans="1:4" ht="43.5" customHeight="1">
+    <row r="42" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="20">
         <v>2018</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>57</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="43" spans="1:4" ht="43.5" customHeight="1">
+    <row r="43" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="19">
         <v>2018</v>
       </c>
       <c r="B43" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>59</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="44" spans="1:4" ht="43.5" customHeight="1">
+    <row r="44" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="20">
         <v>2018</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>54</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="45" spans="1:4" ht="43.5" customHeight="1">
+    <row r="45" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="19">
         <v>2019</v>
       </c>
       <c r="B45" s="16" t="s">
         <v>25</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="46" spans="1:4" ht="43.5" customHeight="1">
+    <row r="46" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="20">
         <v>2019</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C46" s="6" t="s">
         <v>63</v>
       </c>
       <c r="D46" s="11" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="47" spans="1:4" ht="43.5" customHeight="1">
+    <row r="47" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="19">
         <v>2019</v>
       </c>
       <c r="B47" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>65</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="48" spans="1:4" ht="43.5" customHeight="1">
+    <row r="48" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="20">
         <v>2019</v>
       </c>
       <c r="B48" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C48" s="11" t="s">
         <v>67</v>
       </c>
       <c r="D48" s="11" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="49" spans="1:4" ht="43.5" customHeight="1">
+    <row r="49" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="19">
         <v>2020</v>
       </c>
       <c r="B49" s="8" t="s">
         <v>25</v>
       </c>
       <c r="C49" s="3" t="s">
         <v>69</v>
       </c>
       <c r="D49" s="3" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="50" spans="1:4" ht="43.5" customHeight="1">
+    <row r="50" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="20">
         <v>2020</v>
       </c>
       <c r="B50" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>71</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="51" spans="1:4" ht="43.5" customHeight="1">
+    <row r="51" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="19">
         <v>2020</v>
       </c>
       <c r="B51" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>73</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="52" spans="1:4" ht="43.5" customHeight="1">
+    <row r="52" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="20">
         <v>2020</v>
       </c>
       <c r="B52" s="12" t="s">
         <v>9</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>75</v>
       </c>
       <c r="D52" s="5"/>
     </row>
-    <row r="53" spans="1:4" ht="43.5" customHeight="1">
+    <row r="53" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="19">
         <v>2020</v>
       </c>
       <c r="B53" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>75</v>
       </c>
       <c r="D53" s="3"/>
     </row>
-    <row r="54" spans="1:4" ht="43.5" customHeight="1">
+    <row r="54" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="20">
         <v>2020</v>
       </c>
       <c r="B54" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>75</v>
       </c>
       <c r="D54" s="5"/>
     </row>
-    <row r="55" spans="1:4" ht="43.5" customHeight="1">
+    <row r="55" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="19">
         <v>2020</v>
       </c>
       <c r="B55" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C55" s="3" t="s">
         <v>76</v>
       </c>
       <c r="D55" s="3" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="56" spans="1:4" ht="43.5" customHeight="1">
+    <row r="56" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="20">
         <v>2020</v>
       </c>
       <c r="B56" s="12" t="s">
         <v>23</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>78</v>
       </c>
       <c r="D56" s="5"/>
     </row>
-    <row r="57" spans="1:4" ht="43.5" customHeight="1">
+    <row r="57" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="19">
         <v>2020</v>
       </c>
       <c r="B57" s="8" t="s">
         <v>43</v>
       </c>
       <c r="C57" s="3" t="s">
         <v>79</v>
       </c>
       <c r="D57" s="3"/>
     </row>
-    <row r="58" spans="1:4" ht="47.25" customHeight="1">
+    <row r="58" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="20">
         <v>2021</v>
       </c>
       <c r="B58" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>75</v>
       </c>
       <c r="D58" s="5"/>
     </row>
-    <row r="59" spans="1:4" ht="47.25" customHeight="1">
+    <row r="59" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="19">
         <v>2021</v>
       </c>
       <c r="B59" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C59" s="3" t="s">
         <v>80</v>
       </c>
       <c r="D59" s="3" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="60" spans="1:4" ht="47.25" customHeight="1">
+    <row r="60" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="20">
         <v>2021</v>
       </c>
       <c r="B60" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>75</v>
       </c>
       <c r="D60" s="5"/>
     </row>
-    <row r="61" spans="1:4" ht="47.25" customHeight="1">
+    <row r="61" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="19">
         <v>2021</v>
       </c>
       <c r="B61" s="8" t="s">
         <v>28</v>
       </c>
       <c r="C61" s="3" t="s">
         <v>75</v>
       </c>
       <c r="D61" s="3"/>
     </row>
-    <row r="62" spans="1:4" ht="47.25" customHeight="1">
+    <row r="62" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="20">
         <v>2021</v>
       </c>
       <c r="B62" s="12" t="s">
         <v>15</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>82</v>
       </c>
       <c r="D62" s="5"/>
     </row>
-    <row r="63" spans="1:4" ht="47.25" customHeight="1">
+    <row r="63" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="19">
         <v>2021</v>
       </c>
       <c r="B63" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C63" s="3" t="s">
         <v>75</v>
       </c>
       <c r="D63" s="3"/>
     </row>
-    <row r="64" spans="1:4" ht="47.25" customHeight="1">
+    <row r="64" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="20">
         <v>2021</v>
       </c>
       <c r="B64" s="12" t="s">
         <v>9</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>75</v>
       </c>
       <c r="D64" s="5"/>
     </row>
-    <row r="65" spans="1:4" ht="47.25" customHeight="1">
+    <row r="65" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="19">
         <v>2021</v>
       </c>
       <c r="B65" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C65" s="3" t="s">
         <v>75</v>
       </c>
       <c r="D65" s="3"/>
     </row>
-    <row r="66" spans="1:4" ht="47.25" customHeight="1">
+    <row r="66" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="20">
         <v>2021</v>
       </c>
       <c r="B66" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>83</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="67" spans="1:4" ht="47.25" customHeight="1">
+    <row r="67" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="19">
         <v>2021</v>
       </c>
       <c r="B67" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C67" s="3" t="s">
         <v>75</v>
       </c>
       <c r="D67" s="3"/>
     </row>
-    <row r="68" spans="1:4" ht="47.25" customHeight="1">
+    <row r="68" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="20">
         <v>2021</v>
       </c>
       <c r="B68" s="12" t="s">
         <v>23</v>
       </c>
       <c r="C68" s="5" t="s">
         <v>85</v>
       </c>
       <c r="D68" s="5"/>
     </row>
-    <row r="69" spans="1:4" ht="47.25" customHeight="1">
+    <row r="69" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="19">
         <v>2021</v>
       </c>
       <c r="B69" s="8" t="s">
         <v>43</v>
       </c>
       <c r="C69" s="3" t="s">
         <v>86</v>
       </c>
       <c r="D69" s="3" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="70" spans="1:4" ht="47.25" customHeight="1">
+    <row r="70" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="20">
         <v>2022</v>
       </c>
       <c r="B70" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C70" s="5" t="s">
         <v>88</v>
       </c>
       <c r="D70" s="5"/>
     </row>
-    <row r="71" spans="1:4" ht="47.25" customHeight="1">
+    <row r="71" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="19">
         <v>2022</v>
       </c>
       <c r="B71" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C71" s="3" t="s">
         <v>75</v>
       </c>
       <c r="D71" s="3"/>
     </row>
-    <row r="72" spans="1:4" ht="47.25" customHeight="1">
+    <row r="72" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="20">
         <v>2022</v>
       </c>
       <c r="B72" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>75</v>
       </c>
       <c r="D72" s="5"/>
     </row>
-    <row r="73" spans="1:4" ht="47.25" customHeight="1">
+    <row r="73" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="19">
         <v>2022</v>
       </c>
       <c r="B73" s="8" t="s">
         <v>28</v>
       </c>
       <c r="C73" s="3" t="s">
         <v>75</v>
       </c>
       <c r="D73" s="3"/>
     </row>
-    <row r="74" spans="1:4" ht="47.25" customHeight="1">
+    <row r="74" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="20">
         <v>2022</v>
       </c>
       <c r="B74" s="12" t="s">
         <v>15</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>75</v>
       </c>
       <c r="D74" s="5"/>
     </row>
-    <row r="75" spans="1:4" ht="47.25" customHeight="1">
+    <row r="75" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="19">
         <v>2022</v>
       </c>
       <c r="B75" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C75" s="3" t="s">
         <v>89</v>
       </c>
       <c r="D75" s="3"/>
     </row>
-    <row r="76" spans="1:4" ht="47.25" customHeight="1">
+    <row r="76" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="20">
         <v>2022</v>
       </c>
       <c r="B76" s="12" t="s">
         <v>9</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>75</v>
       </c>
       <c r="D76" s="5"/>
     </row>
-    <row r="77" spans="1:4" ht="47.25" customHeight="1">
+    <row r="77" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="19">
         <v>2022</v>
       </c>
       <c r="B77" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C77" s="8" t="s">
         <v>90</v>
       </c>
       <c r="D77" s="10" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="78" spans="1:4" ht="47.25" customHeight="1">
+    <row r="78" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="20">
         <v>2022</v>
       </c>
       <c r="B78" s="15" t="s">
         <v>43</v>
       </c>
       <c r="C78" s="9" t="s">
         <v>92</v>
       </c>
       <c r="D78" s="5" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="79" spans="1:4" ht="47.25" customHeight="1">
+    <row r="79" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>2023</v>
       </c>
       <c r="B79" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C79" s="3" t="s">
         <v>94</v>
       </c>
       <c r="D79" s="3" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="80" spans="1:4" ht="47.25" customHeight="1">
+    <row r="80" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="5">
         <v>2023</v>
       </c>
       <c r="B80" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C80" s="11" t="s">
         <v>96</v>
       </c>
       <c r="D80" s="11" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="81" spans="1:4" ht="47.25" customHeight="1">
+    <row r="81" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>2023</v>
       </c>
       <c r="B81" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C81" s="3" t="s">
         <v>98</v>
       </c>
       <c r="D81" s="3" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="82" spans="1:4" ht="47.25" customHeight="1">
+    <row r="82" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="5">
         <v>2023</v>
       </c>
       <c r="B82" s="15" t="s">
         <v>23</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>75</v>
       </c>
       <c r="D82" s="5"/>
     </row>
-    <row r="83" spans="1:4" ht="47.25" customHeight="1">
+    <row r="83" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>2023</v>
       </c>
       <c r="B83" s="14" t="s">
         <v>43</v>
       </c>
       <c r="C83" s="3" t="s">
         <v>100</v>
       </c>
       <c r="D83" s="3" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="84" spans="1:4" ht="47.25" customHeight="1">
+    <row r="84" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="5">
         <v>2024</v>
       </c>
       <c r="B84" s="15" t="s">
         <v>25</v>
       </c>
       <c r="C84" s="12" t="s">
         <v>102</v>
       </c>
       <c r="D84" s="5"/>
     </row>
-    <row r="85" spans="1:4" ht="47.25" customHeight="1">
+    <row r="85" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="19">
         <v>2024</v>
       </c>
       <c r="B85" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C85" s="3" t="s">
         <v>102</v>
       </c>
       <c r="D85" s="3"/>
     </row>
-    <row r="86" spans="1:4" ht="47.25" customHeight="1">
+    <row r="86" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="5">
         <v>2024</v>
       </c>
       <c r="B86" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C86" s="11" t="s">
         <v>103</v>
       </c>
       <c r="D86" s="5" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="87" spans="1:4" ht="47.25" customHeight="1">
+    <row r="87" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="19">
         <v>2024</v>
       </c>
       <c r="B87" s="14" t="s">
         <v>28</v>
       </c>
       <c r="C87" s="3" t="s">
         <v>103</v>
       </c>
       <c r="D87" s="3" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="88" spans="1:4" ht="47.25" customHeight="1">
+    <row r="88" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="5">
         <v>2024</v>
       </c>
       <c r="B88" s="15" t="s">
         <v>15</v>
       </c>
       <c r="C88" s="13" t="s">
         <v>105</v>
       </c>
       <c r="D88" s="12" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="89" spans="1:4" ht="47.25" customHeight="1">
+    <row r="89" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="19">
         <v>2024</v>
       </c>
       <c r="B89" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C89" s="3" t="s">
         <v>102</v>
       </c>
       <c r="D89" s="4"/>
     </row>
-    <row r="90" spans="1:4" ht="47.25" customHeight="1">
+    <row r="90" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="5">
         <v>2024</v>
       </c>
       <c r="B90" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C90" s="12" t="s">
         <v>102</v>
       </c>
       <c r="D90" s="6"/>
     </row>
-    <row r="91" spans="1:4" ht="47.25" customHeight="1">
+    <row r="91" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="19">
         <v>2024</v>
       </c>
       <c r="B91" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C91" s="3" t="s">
         <v>102</v>
       </c>
       <c r="D91" s="3"/>
     </row>
-    <row r="92" spans="1:4" ht="47.25" customHeight="1">
+    <row r="92" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="5">
         <v>2024</v>
       </c>
       <c r="B92" s="15" t="s">
         <v>32</v>
       </c>
       <c r="C92" s="12" t="s">
         <v>107</v>
       </c>
       <c r="D92" s="6"/>
     </row>
-    <row r="93" spans="1:4" ht="47.25" customHeight="1">
+    <row r="93" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="19">
         <v>2024</v>
       </c>
       <c r="B93" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C93" s="3" t="s">
         <v>102</v>
       </c>
       <c r="D93" s="4"/>
     </row>
-    <row r="94" spans="1:4" ht="47.25" customHeight="1">
+    <row r="94" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="5">
         <v>2024</v>
       </c>
       <c r="B94" s="15" t="s">
         <v>23</v>
       </c>
       <c r="C94" s="12" t="s">
         <v>102</v>
       </c>
       <c r="D94" s="6"/>
     </row>
-    <row r="95" spans="1:4" ht="47.25" customHeight="1">
+    <row r="95" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="19">
         <v>2024</v>
       </c>
       <c r="B95" s="14" t="s">
         <v>43</v>
       </c>
       <c r="C95" s="3" t="s">
         <v>102</v>
       </c>
       <c r="D95" s="4"/>
     </row>
-    <row r="96" spans="1:4" ht="45" customHeight="1">
+    <row r="96" spans="1:4" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A96" s="21">
         <v>2025</v>
       </c>
       <c r="B96" s="15" t="s">
         <v>25</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D96" s="15"/>
     </row>
-    <row r="97" spans="1:4" ht="45" customHeight="1">
+    <row r="97" spans="1:4" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="22">
         <v>2025</v>
       </c>
       <c r="B97" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C97" s="14" t="s">
         <v>102</v>
       </c>
       <c r="D97" s="14"/>
     </row>
-    <row r="98" spans="1:4" ht="45" customHeight="1">
+    <row r="98" spans="1:4" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A98" s="21">
         <v>2025</v>
       </c>
       <c r="B98" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="99" spans="1:4" ht="45" customHeight="1">
+    <row r="99" spans="1:4" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A99" s="22">
         <v>2025</v>
       </c>
       <c r="B99" s="14" t="s">
         <v>28</v>
       </c>
       <c r="C99" s="14" t="s">
         <v>102</v>
       </c>
       <c r="D99" s="14"/>
     </row>
-    <row r="100" spans="1:4" ht="45" customHeight="1">
+    <row r="100" spans="1:4" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="21">
         <v>2025</v>
       </c>
       <c r="B100" s="15" t="s">
         <v>15</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D100" s="15"/>
     </row>
-    <row r="101" spans="1:4" ht="43.15" customHeight="1">
+    <row r="101" spans="1:4" ht="43.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="22">
         <v>2025</v>
       </c>
       <c r="B101" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C101" s="14" t="s">
         <v>102</v>
       </c>
       <c r="D101" s="14"/>
     </row>
-    <row r="102" spans="1:4" ht="40.15" customHeight="1">
+    <row r="102" spans="1:4" ht="40.200000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A102" s="21">
         <v>2025</v>
       </c>
       <c r="B102" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D102" s="15"/>
     </row>
-    <row r="103" spans="1:4" ht="40.9" customHeight="1">
+    <row r="103" spans="1:4" ht="40.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="22">
         <v>2025</v>
       </c>
       <c r="B103" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C103" s="14" t="s">
         <v>110</v>
       </c>
       <c r="D103" s="14" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="104" spans="1:4" ht="40.15" customHeight="1">
-      <c r="A104" s="21">
+    <row r="104" spans="1:4" ht="40.200000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="24">
         <v>2025</v>
       </c>
-      <c r="B104" s="15" t="s">
+      <c r="B104" s="25" t="s">
         <v>32</v>
       </c>
-      <c r="C104" s="15" t="s">
+      <c r="C104" s="25" t="s">
         <v>112</v>
       </c>
-      <c r="D104" s="15" t="s">
+      <c r="D104" s="25" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="105" spans="1:4" ht="47.25" customHeight="1">
-      <c r="A105" s="22">
+    <row r="105" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="26">
         <v>2025</v>
       </c>
-      <c r="B105" s="14" t="s">
+      <c r="B105" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="C105" s="14" t="s">
+      <c r="C105" s="27" t="s">
         <v>114</v>
       </c>
-      <c r="D105" s="14"/>
+      <c r="D105" s="28"/>
+    </row>
+    <row r="106" spans="1:4" ht="40.200000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="32">
+        <v>2025</v>
+      </c>
+      <c r="B106" s="31" t="s">
+        <v>23</v>
+      </c>
+      <c r="C106" s="30" t="s">
+        <v>115</v>
+      </c>
+      <c r="D106" s="29" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="107" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="26">
+        <v>2025</v>
+      </c>
+      <c r="B107" s="27" t="s">
+        <v>43</v>
+      </c>
+      <c r="C107" s="27" t="s">
+        <v>114</v>
+      </c>
+      <c r="D107" s="28"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:D1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="256" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="8e2d6fd1-8f78-4091-a2f7-d6d3ff0292a9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="fed494de-f576-48c1-abd6-b99d8f8ad32e" xsi:nil="true"/>
     <SharedWithUsers xmlns="fed494de-f576-48c1-abd6-b99d8f8ad32e">
       <UserInfo>
         <DisplayName>Saunders, Devin</DisplayName>
         <AccountId>22</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Pahoa, Kalani</DisplayName>
         <AccountId>10</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Cusworth, Amanda</DisplayName>
         <AccountId>25</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8e2d6fd1-8f78-4091-a2f7-d6d3ff0292a9" xmlns:ns3="fed494de-f576-48c1-abd6-b99d8f8ad32e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9b430dcef321cc9cddb55d3952fd9577" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F044980EA4172847AABCEF305F6C324E" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="be74df4c497f0556a8f899a59451314b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8e2d6fd1-8f78-4091-a2f7-d6d3ff0292a9" xmlns:ns3="fed494de-f576-48c1-abd6-b99d8f8ad32e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="977f963e9f2c61ec9daaaccace2e8880" ns2:_="" ns3:_="">
     <xsd:import namespace="8e2d6fd1-8f78-4091-a2f7-d6d3ff0292a9"/>
     <xsd:import namespace="fed494de-f576-48c1-abd6-b99d8f8ad32e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8e2d6fd1-8f78-4091-a2f7-d6d3ff0292a9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f5132f65-3f16-4ed5-aad9-a4730df2f0fb" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
@@ -3077,50 +3212,55 @@
     <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="19" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="20" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fed494de-f576-48c1-abd6-b99d8f8ad32e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -3220,68 +3360,123 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D830C0B4-5913-4E45-945C-F62CC9ADF8B3}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B533BA71-BB04-48A6-8A5C-9205EBAA6653}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="8e2d6fd1-8f78-4091-a2f7-d6d3ff0292a9"/>
+    <ds:schemaRef ds:uri="fed494de-f576-48c1-abd6-b99d8f8ad32e"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B533BA71-BB04-48A6-8A5C-9205EBAA6653}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B4131B6-E723-459C-86DE-761B80504FFD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="8e2d6fd1-8f78-4091-a2f7-d6d3ff0292a9"/>
+    <ds:schemaRef ds:uri="fed494de-f576-48c1-abd6-b99d8f8ad32e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{936E755B-4F88-4590-A945-957BFB7896A9}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D830C0B4-5913-4E45-945C-F62CC9ADF8B3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Table 1</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Spence,  Cindy</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-03-29T00:00:00Z</vt:filetime>
   </property>