--- v1 (2025-12-12)
+++ v2 (2026-01-01)
@@ -2,86 +2,86 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cityofboulder.sharepoint.com/sites/DesignAdvisoryBoardDAB/Shared Documents/General/Website Files/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="76" documentId="13_ncr:1_{6ADBD15E-6B7D-424B-AC5D-69A86FEB7C91}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{922E64F2-A5A0-4F6C-8C43-BF4738F7706D}"/>
+  <xr:revisionPtr revIDLastSave="81" documentId="13_ncr:1_{6ADBD15E-6B7D-424B-AC5D-69A86FEB7C91}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{ABB7AC08-C8C6-4314-867E-6C53A4B01039}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Table 1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="248" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="251" uniqueCount="119">
   <si>
     <t>Design Advisory Board Projects Review 2012 to Present</t>
   </si>
   <si>
     <t>YEAR</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>MONTH</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
@@ -1117,50 +1117,56 @@
   <si>
     <t>LUR2024-00071</t>
   </si>
   <si>
     <t>1100 SPRUCE STREET
 1100 28th STREET</t>
   </si>
   <si>
     <t>ADR2025-00227
 LUR2025-00037</t>
   </si>
   <si>
     <t>2717 GLENWOOD DRIVE</t>
   </si>
   <si>
     <t>LUR2025-00023</t>
   </si>
   <si>
     <t>* Board matters</t>
   </si>
   <si>
     <t>350 PONCA PLACE</t>
   </si>
   <si>
     <t>LUR2025-00056</t>
+  </si>
+  <si>
+    <t>777 BROADWAY</t>
+  </si>
+  <si>
+    <t>LUR2025-00014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
@@ -1720,55 +1726,55 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:D107"/>
+  <dimension ref="A1:D108"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A82" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C107" sqref="C107"/>
+      <pane ySplit="2" topLeftCell="A104" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="D109" sqref="D109"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.77734375" style="23" customWidth="1"/>
     <col min="2" max="2" width="22.44140625" customWidth="1"/>
     <col min="3" max="4" width="54.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="33" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="33"/>
       <c r="C1" s="33"/>
       <c r="D1" s="33"/>
     </row>
     <row r="2" spans="1:4" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="18" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
@@ -3081,98 +3087,93 @@
     <row r="106" spans="1:4" ht="40.200000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A106" s="32">
         <v>2025</v>
       </c>
       <c r="B106" s="31" t="s">
         <v>23</v>
       </c>
       <c r="C106" s="30" t="s">
         <v>115</v>
       </c>
       <c r="D106" s="29" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="107" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="26">
         <v>2025</v>
       </c>
       <c r="B107" s="27" t="s">
         <v>43</v>
       </c>
       <c r="C107" s="27" t="s">
         <v>114</v>
       </c>
       <c r="D107" s="28"/>
+    </row>
+    <row r="108" spans="1:4" ht="40.200000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="32">
+        <v>2026</v>
+      </c>
+      <c r="B108" s="31" t="s">
+        <v>25</v>
+      </c>
+      <c r="C108" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="D108" s="29" t="s">
+        <v>118</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:D1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="256" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...23 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F044980EA4172847AABCEF305F6C324E" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="be74df4c497f0556a8f899a59451314b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8e2d6fd1-8f78-4091-a2f7-d6d3ff0292a9" xmlns:ns3="fed494de-f576-48c1-abd6-b99d8f8ad32e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="977f963e9f2c61ec9daaaccace2e8880" ns2:_="" ns3:_="">
     <xsd:import namespace="8e2d6fd1-8f78-4091-a2f7-d6d3ff0292a9"/>
     <xsd:import namespace="fed494de-f576-48c1-abd6-b99d8f8ad32e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -3361,92 +3362,111 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="8e2d6fd1-8f78-4091-a2f7-d6d3ff0292a9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="fed494de-f576-48c1-abd6-b99d8f8ad32e" xsi:nil="true"/>
+    <SharedWithUsers xmlns="fed494de-f576-48c1-abd6-b99d8f8ad32e">
+      <UserInfo>
+        <DisplayName>Saunders, Devin</DisplayName>
+        <AccountId>22</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Pahoa, Kalani</DisplayName>
+        <AccountId>10</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Cusworth, Amanda</DisplayName>
+        <AccountId>25</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B533BA71-BB04-48A6-8A5C-9205EBAA6653}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D830C0B4-5913-4E45-945C-F62CC9ADF8B3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="fed494de-f576-48c1-abd6-b99d8f8ad32e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B4131B6-E723-459C-86DE-761B80504FFD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8e2d6fd1-8f78-4091-a2f7-d6d3ff0292a9"/>
     <ds:schemaRef ds:uri="fed494de-f576-48c1-abd6-b99d8f8ad32e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D830C0B4-5913-4E45-945C-F62CC9ADF8B3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B533BA71-BB04-48A6-8A5C-9205EBAA6653}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="8e2d6fd1-8f78-4091-a2f7-d6d3ff0292a9"/>
+    <ds:schemaRef ds:uri="fed494de-f576-48c1-abd6-b99d8f8ad32e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Table 1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>