--- v2 (2026-01-01)
+++ v3 (2026-01-21)
@@ -2,86 +2,86 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cityofboulder.sharepoint.com/sites/DesignAdvisoryBoardDAB/Shared Documents/General/Website Files/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="81" documentId="13_ncr:1_{6ADBD15E-6B7D-424B-AC5D-69A86FEB7C91}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{ABB7AC08-C8C6-4314-867E-6C53A4B01039}"/>
+  <xr:revisionPtr revIDLastSave="83" documentId="13_ncr:1_{6ADBD15E-6B7D-424B-AC5D-69A86FEB7C91}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1E3FA09A-4C48-43E7-BF4B-DCCC107C0132}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Table 1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="251" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="253" uniqueCount="119">
   <si>
     <t>Design Advisory Board Projects Review 2012 to Present</t>
   </si>
   <si>
     <t>YEAR</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>MONTH</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
@@ -1726,55 +1726,55 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:D108"/>
+  <dimension ref="A1:D109"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A104" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D109" sqref="D109"/>
+      <pane ySplit="2" topLeftCell="A106" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B109" sqref="B109"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.77734375" style="23" customWidth="1"/>
     <col min="2" max="2" width="22.44140625" customWidth="1"/>
     <col min="3" max="4" width="54.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="33" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="33"/>
       <c r="C1" s="33"/>
       <c r="D1" s="33"/>
     </row>
     <row r="2" spans="1:4" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="18" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
@@ -3101,79 +3101,110 @@
     <row r="107" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="26">
         <v>2025</v>
       </c>
       <c r="B107" s="27" t="s">
         <v>43</v>
       </c>
       <c r="C107" s="27" t="s">
         <v>114</v>
       </c>
       <c r="D107" s="28"/>
     </row>
     <row r="108" spans="1:4" ht="40.200000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="32">
         <v>2026</v>
       </c>
       <c r="B108" s="31" t="s">
         <v>25</v>
       </c>
       <c r="C108" s="30" t="s">
         <v>117</v>
       </c>
       <c r="D108" s="29" t="s">
         <v>118</v>
       </c>
+    </row>
+    <row r="109" spans="1:4" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="22">
+        <v>2026</v>
+      </c>
+      <c r="B109" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="C109" s="14" t="s">
+        <v>102</v>
+      </c>
+      <c r="D109" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:D1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="256" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="8e2d6fd1-8f78-4091-a2f7-d6d3ff0292a9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="fed494de-f576-48c1-abd6-b99d8f8ad32e" xsi:nil="true"/>
+    <SharedWithUsers xmlns="fed494de-f576-48c1-abd6-b99d8f8ad32e">
+      <UserInfo>
+        <DisplayName>Saunders, Devin</DisplayName>
+        <AccountId>22</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Pahoa, Kalani</DisplayName>
+        <AccountId>10</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Cusworth, Amanda</DisplayName>
+        <AccountId>25</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F044980EA4172847AABCEF305F6C324E" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="be74df4c497f0556a8f899a59451314b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8e2d6fd1-8f78-4091-a2f7-d6d3ff0292a9" xmlns:ns3="fed494de-f576-48c1-abd6-b99d8f8ad32e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="977f963e9f2c61ec9daaaccace2e8880" ns2:_="" ns3:_="">
     <xsd:import namespace="8e2d6fd1-8f78-4091-a2f7-d6d3ff0292a9"/>
     <xsd:import namespace="fed494de-f576-48c1-abd6-b99d8f8ad32e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -3362,111 +3393,92 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...23 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D830C0B4-5913-4E45-945C-F62CC9ADF8B3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B533BA71-BB04-48A6-8A5C-9205EBAA6653}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="8e2d6fd1-8f78-4091-a2f7-d6d3ff0292a9"/>
+    <ds:schemaRef ds:uri="fed494de-f576-48c1-abd6-b99d8f8ad32e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B4131B6-E723-459C-86DE-761B80504FFD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8e2d6fd1-8f78-4091-a2f7-d6d3ff0292a9"/>
     <ds:schemaRef ds:uri="fed494de-f576-48c1-abd6-b99d8f8ad32e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B533BA71-BB04-48A6-8A5C-9205EBAA6653}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D830C0B4-5913-4E45-945C-F62CC9ADF8B3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="fed494de-f576-48c1-abd6-b99d8f8ad32e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Table 1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>