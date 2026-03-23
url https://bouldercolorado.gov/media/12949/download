--- v3 (2026-01-21)
+++ v4 (2026-03-23)
@@ -2,86 +2,86 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cityofboulder.sharepoint.com/sites/DesignAdvisoryBoardDAB/Shared Documents/General/Website Files/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="83" documentId="13_ncr:1_{6ADBD15E-6B7D-424B-AC5D-69A86FEB7C91}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1E3FA09A-4C48-43E7-BF4B-DCCC107C0132}"/>
+  <xr:revisionPtr revIDLastSave="90" documentId="13_ncr:1_{6ADBD15E-6B7D-424B-AC5D-69A86FEB7C91}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A12618B9-FB6E-4303-AE4D-45B5F62D6E67}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Table 1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="253" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="258" uniqueCount="121">
   <si>
     <t>Design Advisory Board Projects Review 2012 to Present</t>
   </si>
   <si>
     <t>YEAR</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>MONTH</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
@@ -1123,50 +1123,56 @@
   </si>
   <si>
     <t>ADR2025-00227
 LUR2025-00037</t>
   </si>
   <si>
     <t>2717 GLENWOOD DRIVE</t>
   </si>
   <si>
     <t>LUR2025-00023</t>
   </si>
   <si>
     <t>* Board matters</t>
   </si>
   <si>
     <t>350 PONCA PLACE</t>
   </si>
   <si>
     <t>LUR2025-00056</t>
   </si>
   <si>
     <t>777 BROADWAY</t>
   </si>
   <si>
     <t>LUR2025-00014</t>
+  </si>
+  <si>
+    <t>2801 JAY ROAD</t>
+  </si>
+  <si>
+    <t>LUR2025-00044</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
@@ -1726,55 +1732,55 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:D109"/>
+  <dimension ref="A1:D111"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A106" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B109" sqref="B109"/>
+      <selection pane="bottomLeft" activeCell="D111" sqref="D111"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.77734375" style="23" customWidth="1"/>
     <col min="2" max="2" width="22.44140625" customWidth="1"/>
     <col min="3" max="4" width="54.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="33" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="33"/>
       <c r="C1" s="33"/>
       <c r="D1" s="33"/>
     </row>
     <row r="2" spans="1:4" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="18" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
@@ -3113,50 +3119,76 @@
     <row r="108" spans="1:4" ht="40.200000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="32">
         <v>2026</v>
       </c>
       <c r="B108" s="31" t="s">
         <v>25</v>
       </c>
       <c r="C108" s="30" t="s">
         <v>117</v>
       </c>
       <c r="D108" s="29" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="109" spans="1:4" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="22">
         <v>2026</v>
       </c>
       <c r="B109" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C109" s="14" t="s">
         <v>102</v>
       </c>
       <c r="D109" s="14"/>
+    </row>
+    <row r="110" spans="1:4" ht="40.200000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="32">
+        <v>2026</v>
+      </c>
+      <c r="B110" s="31" t="s">
+        <v>7</v>
+      </c>
+      <c r="C110" s="30" t="s">
+        <v>119</v>
+      </c>
+      <c r="D110" s="29" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="22">
+        <v>2026</v>
+      </c>
+      <c r="B111" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="C111" s="14" t="s">
+        <v>114</v>
+      </c>
+      <c r="D111" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:D1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="256" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
@@ -3164,52 +3196,52 @@
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="fed494de-f576-48c1-abd6-b99d8f8ad32e" xsi:nil="true"/>
     <SharedWithUsers xmlns="fed494de-f576-48c1-abd6-b99d8f8ad32e">
       <UserInfo>
         <DisplayName>Saunders, Devin</DisplayName>
         <AccountId>22</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Pahoa, Kalani</DisplayName>
         <AccountId>10</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Cusworth, Amanda</DisplayName>
         <AccountId>25</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F044980EA4172847AABCEF305F6C324E" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="be74df4c497f0556a8f899a59451314b">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8e2d6fd1-8f78-4091-a2f7-d6d3ff0292a9" xmlns:ns3="fed494de-f576-48c1-abd6-b99d8f8ad32e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="977f963e9f2c61ec9daaaccace2e8880" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F044980EA4172847AABCEF305F6C324E" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="99b84f2c9697dd3f296f067f002067b5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8e2d6fd1-8f78-4091-a2f7-d6d3ff0292a9" xmlns:ns3="fed494de-f576-48c1-abd6-b99d8f8ad32e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="58dff8b33e3706af26199fc438862889" ns2:_="" ns3:_="">
     <xsd:import namespace="8e2d6fd1-8f78-4091-a2f7-d6d3ff0292a9"/>
     <xsd:import namespace="fed494de-f576-48c1-abd6-b99d8f8ad32e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -3413,51 +3445,51 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B533BA71-BB04-48A6-8A5C-9205EBAA6653}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="8e2d6fd1-8f78-4091-a2f7-d6d3ff0292a9"/>
     <ds:schemaRef ds:uri="fed494de-f576-48c1-abd6-b99d8f8ad32e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B4131B6-E723-459C-86DE-761B80504FFD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3FD74E87-D263-4159-94A0-E6A9780E32AE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8e2d6fd1-8f78-4091-a2f7-d6d3ff0292a9"/>
     <ds:schemaRef ds:uri="fed494de-f576-48c1-abd6-b99d8f8ad32e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D830C0B4-5913-4E45-945C-F62CC9ADF8B3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 