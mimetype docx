--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,62 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3F048FA6" w14:textId="44A23842" w:rsidR="00814632" w:rsidRPr="00B31F2E" w:rsidRDefault="00306651" w:rsidP="00397F70">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F9A911A" wp14:editId="7D964AD2">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1033145" cy="923290"/>
@@ -116,82 +111,80 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A72BB50" w14:textId="0B19B3FE" w:rsidR="00814632" w:rsidRDefault="00306651" w:rsidP="267FA7AA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>FUNDED RESEARCH PRO</w:t>
       </w:r>
       <w:r w:rsidR="002774C8">
         <w:t>POSAL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B503966" w14:textId="52500C95" w:rsidR="00C81DC6" w:rsidRDefault="002416A2" w:rsidP="267FA7AA">
+    <w:p w14:paraId="0B503966" w14:textId="24200C02" w:rsidR="00C81DC6" w:rsidRDefault="002416A2" w:rsidP="267FA7AA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">2025 </w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="009F2173">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C81DC6">
         <w:t>BUDGET WORKSHEET</w:t>
       </w:r>
       <w:r w:rsidR="00397F70">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01B39689" w14:textId="1992C0D8" w:rsidR="00A32ED4" w:rsidRPr="00B31F2E" w:rsidRDefault="00A32ED4" w:rsidP="002507AC">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...6 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="424F2A27" w14:textId="77777777" w:rsidR="00E960EE" w:rsidRDefault="00E960EE" w:rsidP="0058392D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09C7708E" w14:textId="45D9744B" w:rsidR="004D187B" w:rsidRDefault="0058392D" w:rsidP="0058392D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A20DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Please provide a breakdown of costs associated with your project, including those overhead costs that may be charged by your spon</w:t>
       </w:r>
       <w:r w:rsidR="006C01C0" w:rsidRPr="009A20DB">
         <w:rPr>
@@ -660,51 +653,67 @@
       <w:r w:rsidR="009E2F34">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="003E52FA" w:rsidRPr="009A20DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>lease</w:t>
       </w:r>
       <w:r w:rsidRPr="009A20DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> contact </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00B65094" w:rsidRPr="002416A2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0070C0"/>
           </w:rPr>
-          <w:t>Ann Lezberg</w:t>
+          <w:t>Ann Lezb</w:t>
+        </w:r>
+        <w:r w:rsidR="00B65094" w:rsidRPr="002416A2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0070C0"/>
+          </w:rPr>
+          <w:t>e</w:t>
+        </w:r>
+        <w:r w:rsidR="00B65094" w:rsidRPr="002416A2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0070C0"/>
+          </w:rPr>
+          <w:t>rg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E3230E" w:rsidRPr="009A20DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F65A3B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>with questions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7225A670" w14:textId="77777777" w:rsidR="00B4332E" w:rsidRDefault="00B4332E" w:rsidP="0058392D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59BCC830" w14:textId="785257F2" w:rsidR="003E52FA" w:rsidRPr="00FF1581" w:rsidRDefault="00DD1CAF" w:rsidP="0058392D">
       <w:pPr>
@@ -1015,51 +1024,87 @@
               <w:pStyle w:val="Body"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bar w:val="none" w:sz="0" w:color="auto"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Supporting staff (# of hrs x hourly rate)</w:t>
+              <w:t xml:space="preserve">Supporting </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">staff (# </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>hrs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> x hourly rate)</w:t>
             </w:r>
             <w:r w:rsidR="0014258B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6FA250F4" w14:textId="77777777" w:rsidR="006518A5" w:rsidRDefault="006518A5" w:rsidP="003F1828">
             <w:pPr>
               <w:pStyle w:val="Body"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bar w:val="none" w:sz="0" w:color="auto"/>
               </w:pBdr>
@@ -1836,91 +1881,85 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="04F195EC" w14:textId="48E12EB1" w:rsidR="00DF677D" w:rsidRPr="00173B0E" w:rsidRDefault="00DF677D" w:rsidP="003E52FA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173B0E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Please list any sources of additional funding including in-kind donations that will support this project (if applicable):</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00DF677D" w:rsidRPr="00173B0E" w:rsidSect="00285FA3">
-      <w:headerReference w:type="even" r:id="rId13"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="864" w:right="1152" w:bottom="1152" w:left="1152" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0DEC3C83" w14:textId="77777777" w:rsidR="00A23002" w:rsidRDefault="00A23002">
+    <w:p w14:paraId="583D9B05" w14:textId="77777777" w:rsidR="00272CEE" w:rsidRDefault="00272CEE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5BE309FA" w14:textId="77777777" w:rsidR="00A23002" w:rsidRDefault="00A23002">
+    <w:p w14:paraId="5EFBAB49" w14:textId="77777777" w:rsidR="00272CEE" w:rsidRDefault="00272CEE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1932,183 +1971,105 @@
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="101FA092" w14:textId="77777777" w:rsidR="00B41012" w:rsidRDefault="00B41012">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5A58367F" w14:textId="4565D748" w:rsidR="00E960EE" w:rsidRPr="00983C1D" w:rsidRDefault="00E960EE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-    </w:pPr>
-[...8 lines deleted...]
-      <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00983C1D">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">OSMP FRP Budget Worksheet </w:t>
     </w:r>
-    <w:r w:rsidR="009A03DB">
+    <w:r w:rsidR="00BA6B71">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>10/27/2</w:t>
     </w:r>
-    <w:r w:rsidR="00B41012">
+    <w:r w:rsidR="00FF7726">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>1</w:t>
-[...27 lines deleted...]
-      <w:t>/24</w:t>
+      <w:t>025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7B0632A2" w14:textId="77777777" w:rsidR="00A23002" w:rsidRDefault="00A23002">
+    <w:p w14:paraId="66A912B0" w14:textId="77777777" w:rsidR="00272CEE" w:rsidRDefault="00272CEE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="76027940" w14:textId="77777777" w:rsidR="00A23002" w:rsidRDefault="00A23002">
+    <w:p w14:paraId="262B97FE" w14:textId="77777777" w:rsidR="00272CEE" w:rsidRDefault="00272CEE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03FC042C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="90546440"/>
     <w:styleLink w:val="List0"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -4119,108 +4080,113 @@
   <w:num w:numId="6" w16cid:durableId="1873151038">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="185948572">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="935164490">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="933167712">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="571088224">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="114563278">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="122315354">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00814632"/>
     <w:rsid w:val="000113DF"/>
     <w:rsid w:val="00014F9A"/>
     <w:rsid w:val="00054050"/>
     <w:rsid w:val="000932C4"/>
     <w:rsid w:val="000B1AC6"/>
     <w:rsid w:val="000E63EF"/>
     <w:rsid w:val="00100FA2"/>
     <w:rsid w:val="00124AAB"/>
     <w:rsid w:val="00126ED7"/>
     <w:rsid w:val="00137FB0"/>
     <w:rsid w:val="0014258B"/>
     <w:rsid w:val="0015773C"/>
     <w:rsid w:val="00173B0E"/>
     <w:rsid w:val="00191040"/>
     <w:rsid w:val="00192659"/>
     <w:rsid w:val="00197CD3"/>
     <w:rsid w:val="001A193E"/>
     <w:rsid w:val="001D71F5"/>
+    <w:rsid w:val="00200EF7"/>
     <w:rsid w:val="002134FB"/>
     <w:rsid w:val="00221FB5"/>
     <w:rsid w:val="00224076"/>
     <w:rsid w:val="002416A2"/>
     <w:rsid w:val="002507AC"/>
     <w:rsid w:val="00255E4F"/>
     <w:rsid w:val="00256A22"/>
+    <w:rsid w:val="00272CEE"/>
     <w:rsid w:val="002774C8"/>
     <w:rsid w:val="00285FA3"/>
     <w:rsid w:val="002A082A"/>
     <w:rsid w:val="002C4062"/>
     <w:rsid w:val="002E1697"/>
+    <w:rsid w:val="002F2BF2"/>
     <w:rsid w:val="002F7A4F"/>
     <w:rsid w:val="00306651"/>
     <w:rsid w:val="003719B4"/>
     <w:rsid w:val="003757B0"/>
     <w:rsid w:val="003965D5"/>
     <w:rsid w:val="00397F70"/>
+    <w:rsid w:val="003B7109"/>
     <w:rsid w:val="003E52FA"/>
     <w:rsid w:val="003F1828"/>
     <w:rsid w:val="004008D6"/>
     <w:rsid w:val="0040264C"/>
     <w:rsid w:val="0040791A"/>
     <w:rsid w:val="004114C8"/>
     <w:rsid w:val="00436C24"/>
     <w:rsid w:val="0045261E"/>
     <w:rsid w:val="00453EF4"/>
     <w:rsid w:val="00457F9C"/>
     <w:rsid w:val="00463D0D"/>
     <w:rsid w:val="00470616"/>
     <w:rsid w:val="0047364C"/>
     <w:rsid w:val="00493642"/>
     <w:rsid w:val="00495485"/>
     <w:rsid w:val="00495549"/>
     <w:rsid w:val="004A088F"/>
     <w:rsid w:val="004B14E5"/>
     <w:rsid w:val="004C3D49"/>
     <w:rsid w:val="004D187B"/>
     <w:rsid w:val="004E370D"/>
     <w:rsid w:val="004E4A74"/>
     <w:rsid w:val="004F123E"/>
     <w:rsid w:val="005144B7"/>
     <w:rsid w:val="0051693C"/>
@@ -4251,150 +4217,155 @@
     <w:rsid w:val="00796481"/>
     <w:rsid w:val="007C0639"/>
     <w:rsid w:val="007D4D99"/>
     <w:rsid w:val="007E10B1"/>
     <w:rsid w:val="007E5B97"/>
     <w:rsid w:val="007F51E8"/>
     <w:rsid w:val="007F5286"/>
     <w:rsid w:val="00814632"/>
     <w:rsid w:val="00853517"/>
     <w:rsid w:val="008A4844"/>
     <w:rsid w:val="008B4DFD"/>
     <w:rsid w:val="008F2FBE"/>
     <w:rsid w:val="0093615C"/>
     <w:rsid w:val="00942D1C"/>
     <w:rsid w:val="00970BC3"/>
     <w:rsid w:val="0098137B"/>
     <w:rsid w:val="00983C1D"/>
     <w:rsid w:val="009A03DB"/>
     <w:rsid w:val="009A20DB"/>
     <w:rsid w:val="009A29E4"/>
     <w:rsid w:val="009B578A"/>
     <w:rsid w:val="009C5EBC"/>
     <w:rsid w:val="009E2F34"/>
     <w:rsid w:val="009E498D"/>
     <w:rsid w:val="009E6516"/>
+    <w:rsid w:val="009F2173"/>
     <w:rsid w:val="009F436A"/>
     <w:rsid w:val="009F715A"/>
     <w:rsid w:val="00A078FB"/>
     <w:rsid w:val="00A23002"/>
     <w:rsid w:val="00A2585C"/>
     <w:rsid w:val="00A32ED4"/>
     <w:rsid w:val="00A443F8"/>
     <w:rsid w:val="00A4666A"/>
     <w:rsid w:val="00A520C2"/>
     <w:rsid w:val="00A91567"/>
     <w:rsid w:val="00A92B89"/>
     <w:rsid w:val="00AC783C"/>
     <w:rsid w:val="00AD54A6"/>
     <w:rsid w:val="00AF411C"/>
     <w:rsid w:val="00AF501B"/>
     <w:rsid w:val="00B31F2E"/>
     <w:rsid w:val="00B36CFD"/>
     <w:rsid w:val="00B41012"/>
     <w:rsid w:val="00B4332E"/>
     <w:rsid w:val="00B65094"/>
+    <w:rsid w:val="00BA6B71"/>
     <w:rsid w:val="00BC751A"/>
+    <w:rsid w:val="00BF0031"/>
     <w:rsid w:val="00C0590A"/>
     <w:rsid w:val="00C107BF"/>
     <w:rsid w:val="00C46645"/>
     <w:rsid w:val="00C661D2"/>
     <w:rsid w:val="00C81DC6"/>
     <w:rsid w:val="00CB0EED"/>
     <w:rsid w:val="00CB125C"/>
     <w:rsid w:val="00CE08EA"/>
     <w:rsid w:val="00CE5C96"/>
     <w:rsid w:val="00D11095"/>
+    <w:rsid w:val="00D22E57"/>
     <w:rsid w:val="00D47DD9"/>
     <w:rsid w:val="00D663DE"/>
     <w:rsid w:val="00D71C1E"/>
     <w:rsid w:val="00D810B8"/>
     <w:rsid w:val="00D84D46"/>
     <w:rsid w:val="00DD1CAF"/>
     <w:rsid w:val="00DF2C63"/>
     <w:rsid w:val="00DF677D"/>
     <w:rsid w:val="00E3230E"/>
     <w:rsid w:val="00E4760A"/>
     <w:rsid w:val="00E960EE"/>
     <w:rsid w:val="00EC59F7"/>
     <w:rsid w:val="00EE61F5"/>
     <w:rsid w:val="00F42624"/>
     <w:rsid w:val="00F42BE6"/>
     <w:rsid w:val="00F65A3B"/>
     <w:rsid w:val="00FA3C3D"/>
     <w:rsid w:val="00FB4E1E"/>
     <w:rsid w:val="00FD5EA4"/>
     <w:rsid w:val="00FF1581"/>
+    <w:rsid w:val="00FF7726"/>
     <w:rsid w:val="03B0EBEB"/>
     <w:rsid w:val="0B5DBB5C"/>
     <w:rsid w:val="0E39A4D9"/>
     <w:rsid w:val="0EDDB025"/>
     <w:rsid w:val="15DC4AD3"/>
     <w:rsid w:val="21836743"/>
     <w:rsid w:val="267FA7AA"/>
     <w:rsid w:val="297550CB"/>
     <w:rsid w:val="37F1905F"/>
     <w:rsid w:val="38E36727"/>
     <w:rsid w:val="3EF3CDDC"/>
     <w:rsid w:val="4A061DE1"/>
     <w:rsid w:val="5B7C4B90"/>
     <w:rsid w:val="619C0E0B"/>
     <w:rsid w:val="6D26D306"/>
     <w:rsid w:val="6F4C5929"/>
     <w:rsid w:val="7D8CD1ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="56A654C8"/>
   <w15:docId w15:val="{0FA9E0EB-923D-4612-A3B4-0D722FA2C6C3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:bdr w:val="nil"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5058,59 +5029,71 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F759E" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F759E" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FF7726"/>
+    <w:rPr>
+      <w:color w:val="FF00FF" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lezberga@bouldercolorado.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lezberga@bouldercolorado.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/_rels/theme1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Blank">
   <a:themeElements>
     <a:clrScheme name="Blank">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="404040"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="BFBFBF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="499BC9"/>
       </a:accent1>
@@ -6339,77 +6322,78 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AD406B7FFFA94642818FFD1BCB010A32" ma:contentTypeVersion="201" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="efdc8e6f89f845ca9e4132b0dac8fdc7">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8c8475bd-aeaf-4dec-8a64-ff96b085fe4e" xmlns:ns3="23cc69d5-b560-4a4e-9e8b-f5998d9ed68c" xmlns:ns4="2aeb03d2-85da-4d22-a920-5402fc2f49b9" xmlns:ns5="04943c3b-4176-4696-9cc5-34a6f8347d11" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8f678c0098c91c8cca9b44c7ba94ce7a" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AD406B7FFFA94642818FFD1BCB010A32" ma:contentTypeVersion="202" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b6d6d6f22677649352ff95eb1ede4a1d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8c8475bd-aeaf-4dec-8a64-ff96b085fe4e" xmlns:ns3="23cc69d5-b560-4a4e-9e8b-f5998d9ed68c" xmlns:ns4="2aeb03d2-85da-4d22-a920-5402fc2f49b9" xmlns:ns5="04943c3b-4176-4696-9cc5-34a6f8347d11" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6877612780673d781b2799a14dc6f6db" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
     <xsd:import namespace="8c8475bd-aeaf-4dec-8a64-ff96b085fe4e"/>
     <xsd:import namespace="23cc69d5-b560-4a4e-9e8b-f5998d9ed68c"/>
     <xsd:import namespace="2aeb03d2-85da-4d22-a920-5402fc2f49b9"/>
     <xsd:import namespace="04943c3b-4176-4696-9cc5-34a6f8347d11"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns4:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns5:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8c8475bd-aeaf-4dec-8a64-ff96b085fe4e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -6470,50 +6454,55 @@
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2aeb03d2-85da-4d22-a920-5402fc2f49b9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaLengthInSeconds" ma:index="18" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f5132f65-3f16-4ed5-aad9-a4730df2f0fb" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="24" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="04943c3b-4176-4696-9cc5-34a6f8347d11" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="21" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{d04604fd-d53c-4fcc-8980-3af83e6bf279}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="04943c3b-4176-4696-9cc5-34a6f8347d11">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
@@ -6613,104 +6602,104 @@
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="04943c3b-4176-4696-9cc5-34a6f8347d11" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="2aeb03d2-85da-4d22-a920-5402fc2f49b9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{464DE6D5-390F-4E21-9095-AC3B3D5792AE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F5C06FA8-149C-41AB-B111-4233E2F9662C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{372158AA-4541-4170-A7F8-7685F6F86F9B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8c8475bd-aeaf-4dec-8a64-ff96b085fe4e"/>
     <ds:schemaRef ds:uri="23cc69d5-b560-4a4e-9e8b-f5998d9ed68c"/>
     <ds:schemaRef ds:uri="2aeb03d2-85da-4d22-a920-5402fc2f49b9"/>
     <ds:schemaRef ds:uri="04943c3b-4176-4696-9cc5-34a6f8347d11"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1C7EB4B-4697-490A-B196-077F30E53EEF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8EBBFCB9-6088-4854-ACC0-454C9BAAAEE6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="04943c3b-4176-4696-9cc5-34a6f8347d11"/>
     <ds:schemaRef ds:uri="2aeb03d2-85da-4d22-a920-5402fc2f49b9"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>1</Pages>
   <Words>364</Words>
-  <Characters>2076</Characters>
+  <Characters>2075</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>UC Davis</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2436</CharactersWithSpaces>
+  <CharactersWithSpaces>2435</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Anacker, Brian</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100AD406B7FFFA94642818FFD1BCB010A32</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>