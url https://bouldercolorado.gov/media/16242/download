--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,92 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/header.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="003A3A7F" w:rsidR="003A3A7F" w:rsidP="6E578F35" w:rsidRDefault="76D08ABE" w14:paraId="4DF321D8" w14:textId="29274C85">
+    <w:p w:rsidRPr="003A3A7F" w:rsidR="003A3A7F" w:rsidP="6E578F35" w:rsidRDefault="76D08ABE" w14:paraId="4DF321D8" w14:textId="34D0DEC4">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6E578F35">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">OSMP Funded Research </w:t>
       </w:r>
       <w:r w:rsidRPr="6E578F35" w:rsidR="003A3A7F">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Proposal Format Details</w:t>
       </w:r>
       <w:r w:rsidRPr="6E578F35" w:rsidR="00636F9D">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> - 202</w:t>
       </w:r>
-      <w:r w:rsidR="00C2072D">
+      <w:r w:rsidR="0093133C">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003A3A7F" w:rsidP="003A3A7F" w:rsidRDefault="003A3A7F" w14:paraId="0753B1F3" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="003A3A7F" w:rsidR="003A3A7F" w:rsidP="003A3A7F" w:rsidRDefault="003A3A7F" w14:paraId="1B7C221B" w14:textId="04352EDE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A3A7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -371,73 +371,112 @@
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003A3A7F" w:rsidR="003A3A7F" w:rsidP="003A3A7F" w:rsidRDefault="003A3A7F" w14:paraId="6D957AFA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A3A7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Identify the lead principal investigator and include his/her contact information.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003A3A7F" w:rsidR="003A3A7F" w:rsidP="003A3A7F" w:rsidRDefault="003A3A7F" w14:paraId="1A9BA882" w14:textId="77777777">
+    <w:p w:rsidR="00B76314" w:rsidP="00B76314" w:rsidRDefault="003A3A7F" w14:paraId="0750E1F2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A3A7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date of the proposal.</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidRPr="00B76314" w:rsidR="004F6D1B" w:rsidP="00B76314" w:rsidRDefault="004F6D1B" w14:paraId="2779F503" w14:textId="6F7E56FC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76314">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Briefly </w:t>
+      </w:r>
+      <w:r w:rsidR="003E798B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>document</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76314">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the history of your correspondence with staff about the research.</w:t>
+      </w:r>
+    </w:p>
     <w:p w:rsidRPr="003A3A7F" w:rsidR="003A3A7F" w:rsidP="003A3A7F" w:rsidRDefault="003A3A7F" w14:paraId="609C350D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="003A3A7F">
         <w:t>Section 1: Abstract (300 words maximum)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003A3A7F" w:rsidR="003A3A7F" w:rsidP="003A3A7F" w:rsidRDefault="003A3A7F" w14:paraId="63AC2BE8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A3A7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -706,74 +745,74 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Include any previous work of key project personnel.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003A3A7F" w:rsidR="003A3A7F" w:rsidP="003A3A7F" w:rsidRDefault="003A3A7F" w14:paraId="207E339B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A3A7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Include one or more clearly stated objective(s) or hypotheses.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003A3A7F" w:rsidR="003A3A7F" w:rsidP="003A3A7F" w:rsidRDefault="003A3A7F" w14:paraId="248E8C8A" w14:textId="108BA510">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A3A7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Describe the anticipated value of the research to furthering</w:t>
       </w:r>
       <w:r w:rsidR="00366D79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003A3A7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>scientific knowledge and public education.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003A3A7F" w:rsidR="003A3A7F" w:rsidP="003A3A7F" w:rsidRDefault="003A3A7F" w14:paraId="0BB24BB3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="003A3A7F">
         <w:t>Section 3: Methods (1 – 5 paragraphs)</w:t>
@@ -954,156 +993,204 @@
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003A3A7F" w:rsidR="003A3A7F" w:rsidP="0068569A" w:rsidRDefault="003A3A7F" w14:paraId="5792E984" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A3A7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A project schedule.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003A3A7F" w:rsidR="003A3A7F" w:rsidP="00064D1F" w:rsidRDefault="003A3A7F" w14:paraId="3A155CBF" w14:textId="0B2F30F0">
+    <w:p w:rsidRPr="003A3A7F" w:rsidR="003A3A7F" w:rsidP="00064D1F" w:rsidRDefault="003A3A7F" w14:paraId="3A155CBF" w14:textId="396592FF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A3A7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">A detailed explanation of any potential to harm </w:t>
-[...15 lines deleted...]
-        <w:t>natural, social, or cultural resources on OSMP properties.</w:t>
+        <w:t xml:space="preserve">A detailed explanation of any potential </w:t>
+      </w:r>
+      <w:r w:rsidR="004B588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A3A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> harm</w:t>
+      </w:r>
+      <w:r w:rsidR="004B588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A3A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> natural, social, or cultural resources on OSMP properties.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003A3A7F" w:rsidR="003A3A7F" w:rsidP="003A3A7F" w:rsidRDefault="003A3A7F" w14:paraId="6093E586" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A3A7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>To conclude the methods, describe, in a bulleted list</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003A3A7F" w:rsidR="003A3A7F" w:rsidP="00064D1F" w:rsidRDefault="003A3A7F" w14:paraId="24D9333A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A3A7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All major facilities and equipment to be used in support of this project in sufficient detail to demonstrate adequacy.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003A3A7F" w:rsidR="003A3A7F" w:rsidP="00A30441" w:rsidRDefault="003A3A7F" w14:paraId="3B8F00FA" w14:textId="77777777">
+    <w:p w:rsidRPr="003A3A7F" w:rsidR="003A3A7F" w:rsidP="00A30441" w:rsidRDefault="003A3A7F" w14:paraId="3B8F00FA" w14:textId="76DCF0F6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A3A7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>For example, indicate whether there are suitable field equipment, vehicles, laboratory and office space and equipment, life support systems for organisms, and computers.</w:t>
+        <w:t>For example, indicate whether there are suitable field equipment, vehicles, laboratory</w:t>
+      </w:r>
+      <w:r w:rsidR="00072151">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A3A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ffice </w:t>
+      </w:r>
+      <w:r w:rsidR="00072151">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>facilities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A3A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, life support systems for organisms, and computers.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003A3A7F" w:rsidR="003A3A7F" w:rsidP="00A30441" w:rsidRDefault="003A3A7F" w14:paraId="7825468A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A3A7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Identify and justify any special or high-cost equipment to be purchased with funds requested in this proposal.</w:t>
       </w:r>
     </w:p>
@@ -1132,103 +1219,87 @@
       <w:r w:rsidRPr="003A3A7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Describe what the anticipated results of the research will be</w:t>
       </w:r>
       <w:r w:rsidR="00636F9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003A3A7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and discuss their relevancy to local and regional issues. If useful, include a list of predicted results.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003A3A7F" w:rsidR="003A3A7F" w:rsidP="003A3A7F" w:rsidRDefault="003A3A7F" w14:paraId="7FFB6B65" w14:textId="147CA047">
+    <w:p w:rsidRPr="003A3A7F" w:rsidR="003A3A7F" w:rsidP="003A3A7F" w:rsidRDefault="003A3A7F" w14:paraId="7FFB6B65" w14:textId="5375D97B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A3A7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Conclude this section by clearly identifying all deliverables</w:t>
       </w:r>
       <w:r w:rsidR="00731F4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> that will result from this work</w:t>
       </w:r>
       <w:r w:rsidRPr="003A3A7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (e.g., reports, presentations, habitat enhancements, etc.) in a bulleted list</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> and describe the purpose that each product is intended to meet.</w:t>
+        <w:t xml:space="preserve"> (e.g., reports, presentations, habitat enhancements, etc.) in a bulleted list and describe the purpose that each product is intended to meet.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003A3A7F" w:rsidR="003A3A7F" w:rsidP="003A3A7F" w:rsidRDefault="003A3A7F" w14:paraId="6B53FEBF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="003A3A7F">
         <w:t>Section 5: Relationships to existing projects (1 paragraph)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003A3A7F" w:rsidR="003A3A7F" w:rsidP="003A3A7F" w:rsidRDefault="003A3A7F" w14:paraId="1060C560" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A3A7F">
@@ -1381,108 +1452,108 @@
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A3A7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Provide full citations for all scientific and technical documents that are referenced in the proposal.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003A3A7F" w:rsidR="003A3A7F" w:rsidP="003A3A7F" w:rsidRDefault="003A3A7F" w14:paraId="6D5FEF40" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="003A3A7F">
         <w:t>Section 8: Budget</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E6E82" w:rsidP="00D06885" w:rsidRDefault="003A3A7F" w14:paraId="6C0B31B4" w14:textId="2A7B522B">
+    <w:p w:rsidR="009E6E82" w:rsidP="00D06885" w:rsidRDefault="003A3A7F" w14:paraId="6C0B31B4" w14:textId="28C786BA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="11324916">
+      <w:r w:rsidRPr="097ED671" w:rsidR="003A3A7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Provide a detailed, itemized budget in table format.</w:t>
       </w:r>
-      <w:r w:rsidRPr="11324916" w:rsidR="00D06885">
+      <w:r w:rsidRPr="097ED671" w:rsidR="00D06885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please use this </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11">
-        <w:r w:rsidRPr="11324916" w:rsidR="00D06885">
+      <w:hyperlink r:id="Rf912b1baf1a740c0">
+        <w:r w:rsidRPr="097ED671" w:rsidR="00D06885">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>budget worksheet</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="11324916" w:rsidR="00D06885">
+      <w:r w:rsidRPr="097ED671" w:rsidR="00D06885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for City of Boulder projects</w:t>
       </w:r>
-      <w:r w:rsidR="00A474F5">
+      <w:r w:rsidRPr="097ED671" w:rsidR="00A474F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and follow the </w:t>
       </w:r>
-      <w:r w:rsidR="009E6E82">
+      <w:r w:rsidRPr="097ED671" w:rsidR="009E6E82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>guidelines carefully.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003A3A7F" w:rsidR="00D06885" w:rsidP="00D06885" w:rsidRDefault="00D05657" w14:paraId="2D4E109A" w14:textId="15A2800E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1605,99 +1676,129 @@
       <w:r w:rsidRPr="007B5862" w:rsidR="003A3A7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>equipment, goods and services, and other items (e.g.</w:t>
       </w:r>
       <w:r w:rsidRPr="007B5862" w:rsidR="00D85535">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="007B5862" w:rsidR="003A3A7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> per diem), required to complete the work described in this proposal.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003A3A7F" w:rsidR="003A3A7F" w:rsidP="003A3A7F" w:rsidRDefault="003A3A7F" w14:paraId="0F518551" w14:textId="0278CE44">
+    <w:p w:rsidRPr="00691787" w:rsidR="003A3A7F" w:rsidP="003A3A7F" w:rsidRDefault="003A3A7F" w14:paraId="0F518551" w14:textId="401D1C35">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A3A7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Also include overhead costs</w:t>
       </w:r>
-      <w:r w:rsidR="00414353">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+      <w:r w:rsidR="00691787">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D709EC" w:rsidR="00414353">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>not to exceed 10%</w:t>
       </w:r>
-      <w:r w:rsidR="00414353">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="003A3A7F">
+      <w:r w:rsidR="00495F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of total </w:t>
+      </w:r>
+      <w:r w:rsidR="00705329">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>amount requested</w:t>
+      </w:r>
+      <w:r w:rsidR="00691787">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00691787" w:rsidR="00691787">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(i.e., direct + indirect)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00691787">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003A3A7F" w:rsidR="003A3A7F" w:rsidP="003A3A7F" w:rsidRDefault="003A3A7F" w14:paraId="45741F5C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A3A7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1835,156 +1936,158 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For City of Boulder Projects, </w:t>
       </w:r>
       <w:r w:rsidRPr="1069185F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Final payments may be held until OSMP project sponsors receive relevant deliverables described in the project proposal and related contract documents</w:t>
       </w:r>
       <w:r w:rsidRPr="1069185F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidRPr="003A3A7F" w:rsidR="002954AC">
-      <w:footerReference w:type="default" r:id="rId12"/>
+    <w:sectPr w:rsidRPr="003A3A7F" w:rsidR="002954AC" w:rsidSect="00760111">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
-      <w:headerReference w:type="default" r:id="Rfebf10cb3ec24f59"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00010861" w:rsidP="00932FC7" w:rsidRDefault="00010861" w14:paraId="2A781F3C" w14:textId="77777777">
+    <w:p w:rsidR="00B57560" w:rsidP="00932FC7" w:rsidRDefault="00B57560" w14:paraId="2C62EE71" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00010861" w:rsidP="00932FC7" w:rsidRDefault="00010861" w14:paraId="5703DE77" w14:textId="77777777">
+    <w:p w:rsidR="00B57560" w:rsidP="00932FC7" w:rsidRDefault="00B57560" w14:paraId="512E3AE3" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="929784127"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
         <w:spacing w:val="60"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w:rsidR="00932FC7" w:rsidRDefault="00932FC7" w14:paraId="12F3646F" w14:textId="78BA3CA8">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:pBdr>
             <w:top w:val="single" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9" w:sz="4" w:space="1"/>
           </w:pBdr>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
@@ -1998,160 +2101,158 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve"> | </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
             <w:spacing w:val="60"/>
           </w:rPr>
           <w:t>Page</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00932FC7" w:rsidRDefault="00932FC7" w14:paraId="1E700588" w14:textId="09D5BCFF">
+  <w:p w:rsidR="00932FC7" w:rsidRDefault="7B94DECD" w14:paraId="1E700588" w14:textId="41C3492B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
-    <w:r w:rsidR="7B94DECD">
-[...1 lines deleted...]
-      <w:t>OSMP Proposal Format Guidelines 10/16/2024</w:t>
+    <w:r>
+      <w:t>OSMP Proposal Format Guidelines 10/</w:t>
+    </w:r>
+    <w:r w:rsidR="007C0614">
+      <w:t>27</w:t>
+    </w:r>
+    <w:r>
+      <w:t>/202</w:t>
+    </w:r>
+    <w:r w:rsidR="007C0614">
+      <w:t>5</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00010861" w:rsidP="00932FC7" w:rsidRDefault="00010861" w14:paraId="2899C7E9" w14:textId="77777777">
+    <w:p w:rsidR="00B57560" w:rsidP="00932FC7" w:rsidRDefault="00B57560" w14:paraId="2A929111" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00010861" w:rsidP="00932FC7" w:rsidRDefault="00010861" w14:paraId="71069E93" w14:textId="77777777">
+    <w:p w:rsidR="00B57560" w:rsidP="00932FC7" w:rsidRDefault="00B57560" w14:paraId="05B182C1" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableNormal"/>
-      <w:bidiVisual w:val="0"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3120"/>
       <w:gridCol w:w="3120"/>
       <w:gridCol w:w="3120"/>
     </w:tblGrid>
-    <w:tr w:rsidR="7B94DECD" w:rsidTr="7B94DECD" w14:paraId="0D3BC358">
+    <w:tr w:rsidR="7B94DECD" w:rsidTr="7B94DECD" w14:paraId="0D3BC358" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3120" w:type="dxa"/>
-          <w:tcMar/>
         </w:tcPr>
         <w:p w:rsidR="7B94DECD" w:rsidP="7B94DECD" w:rsidRDefault="7B94DECD" w14:paraId="2E86109A" w14:textId="260209B0">
           <w:pPr>
             <w:pStyle w:val="Header"/>
-            <w:bidi w:val="0"/>
             <w:ind w:left="-115"/>
-            <w:jc w:val="left"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3120" w:type="dxa"/>
-          <w:tcMar/>
         </w:tcPr>
         <w:p w:rsidR="7B94DECD" w:rsidP="7B94DECD" w:rsidRDefault="7B94DECD" w14:paraId="4699AF9E" w14:textId="49557783">
           <w:pPr>
             <w:pStyle w:val="Header"/>
-            <w:bidi w:val="0"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3120" w:type="dxa"/>
-          <w:tcMar/>
         </w:tcPr>
         <w:p w:rsidR="7B94DECD" w:rsidP="7B94DECD" w:rsidRDefault="7B94DECD" w14:paraId="33450852" w14:textId="0AE516D6">
           <w:pPr>
             <w:pStyle w:val="Header"/>
-            <w:bidi w:val="0"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="7B94DECD" w:rsidP="7B94DECD" w:rsidRDefault="7B94DECD" w14:paraId="0C8963C2" w14:textId="7F89A52B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
-      <w:bidi w:val="0"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="092F11FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B546AC8E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2222,50 +2323,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0AFD384E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="910877AC"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="244C1EE9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="21B8E9F4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -2334,51 +2548,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="344742C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E8C45E86"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -2447,51 +2661,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="423113C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EAD2F9C8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -2560,51 +2774,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="436B1BF4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="44969980"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -2673,51 +2887,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44BD3D19"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EC1A4344"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -2786,51 +3000,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C730B35"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="404E5578"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -2899,51 +3113,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51F16201"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="01E8993A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -3012,51 +3226,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="558403D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="93BC2760"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -3125,51 +3339,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B4107DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C22A60EC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -3238,67 +3452,67 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="612B7062"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B54AA5C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
@@ -3352,230 +3566,259 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2079284588">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1669208317">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="302932188">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="2126192074">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1669208317">
+  <w:num w:numId="5" w16cid:durableId="1292398733">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="302932188">
+  <w:num w:numId="6" w16cid:durableId="145441146">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="260067763">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="2126192074">
-[...8 lines deleted...]
-  <w:num w:numId="7" w16cid:durableId="260067763">
+  <w:num w:numId="8" w16cid:durableId="786630714">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="786630714">
+  <w:num w:numId="9" w16cid:durableId="1352149215">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1352149215">
+  <w:num w:numId="10" w16cid:durableId="255871176">
     <w:abstractNumId w:val="5"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1343778992">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1305891655">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A3A7F"/>
     <w:rsid w:val="00010861"/>
     <w:rsid w:val="00064D1F"/>
+    <w:rsid w:val="00072151"/>
     <w:rsid w:val="000A4F47"/>
     <w:rsid w:val="000B61C3"/>
     <w:rsid w:val="000C5305"/>
     <w:rsid w:val="000D5F59"/>
     <w:rsid w:val="00107534"/>
     <w:rsid w:val="0011275C"/>
     <w:rsid w:val="00117601"/>
     <w:rsid w:val="00124AAB"/>
     <w:rsid w:val="00156E3B"/>
     <w:rsid w:val="00205BAF"/>
     <w:rsid w:val="00207C82"/>
+    <w:rsid w:val="00215BDC"/>
     <w:rsid w:val="0028384A"/>
     <w:rsid w:val="002954AC"/>
     <w:rsid w:val="002F08AA"/>
     <w:rsid w:val="0035369B"/>
     <w:rsid w:val="00366D79"/>
     <w:rsid w:val="00376CC7"/>
     <w:rsid w:val="00381475"/>
     <w:rsid w:val="003A3A7F"/>
+    <w:rsid w:val="003E798B"/>
     <w:rsid w:val="00414353"/>
     <w:rsid w:val="00445C22"/>
     <w:rsid w:val="00480E55"/>
+    <w:rsid w:val="00495F53"/>
     <w:rsid w:val="004A1256"/>
+    <w:rsid w:val="004B588C"/>
+    <w:rsid w:val="004F6D1B"/>
     <w:rsid w:val="005304D3"/>
+    <w:rsid w:val="005D0455"/>
     <w:rsid w:val="005D7031"/>
+    <w:rsid w:val="005E413B"/>
+    <w:rsid w:val="006046CC"/>
     <w:rsid w:val="006070B9"/>
     <w:rsid w:val="00625FD9"/>
     <w:rsid w:val="00636F9D"/>
     <w:rsid w:val="006715BB"/>
     <w:rsid w:val="0068569A"/>
+    <w:rsid w:val="00691787"/>
+    <w:rsid w:val="00705329"/>
     <w:rsid w:val="00731F4F"/>
+    <w:rsid w:val="00760111"/>
     <w:rsid w:val="00783D44"/>
     <w:rsid w:val="007B5862"/>
+    <w:rsid w:val="007C0614"/>
     <w:rsid w:val="007D092F"/>
     <w:rsid w:val="007D50BD"/>
     <w:rsid w:val="00836492"/>
     <w:rsid w:val="00841505"/>
+    <w:rsid w:val="0088173A"/>
     <w:rsid w:val="008B22FE"/>
     <w:rsid w:val="008B6A71"/>
     <w:rsid w:val="00900207"/>
     <w:rsid w:val="00900520"/>
+    <w:rsid w:val="0093133C"/>
     <w:rsid w:val="00932FC7"/>
     <w:rsid w:val="009844BF"/>
+    <w:rsid w:val="0099497B"/>
+    <w:rsid w:val="009C339F"/>
     <w:rsid w:val="009C6F22"/>
     <w:rsid w:val="009E6E82"/>
     <w:rsid w:val="00A01182"/>
     <w:rsid w:val="00A1083A"/>
     <w:rsid w:val="00A30441"/>
     <w:rsid w:val="00A474F5"/>
     <w:rsid w:val="00A57CDE"/>
     <w:rsid w:val="00AC783C"/>
     <w:rsid w:val="00AD4A60"/>
+    <w:rsid w:val="00AF3A0F"/>
     <w:rsid w:val="00B116B4"/>
     <w:rsid w:val="00B4413B"/>
+    <w:rsid w:val="00B503F9"/>
+    <w:rsid w:val="00B57560"/>
     <w:rsid w:val="00B606D2"/>
+    <w:rsid w:val="00B76314"/>
     <w:rsid w:val="00BB213E"/>
+    <w:rsid w:val="00BF0031"/>
+    <w:rsid w:val="00C07180"/>
     <w:rsid w:val="00C2072D"/>
     <w:rsid w:val="00C218D8"/>
     <w:rsid w:val="00C53AA8"/>
     <w:rsid w:val="00C670B7"/>
     <w:rsid w:val="00C90D16"/>
     <w:rsid w:val="00D05657"/>
     <w:rsid w:val="00D06885"/>
     <w:rsid w:val="00D709EC"/>
     <w:rsid w:val="00D85535"/>
     <w:rsid w:val="00DE0DA6"/>
     <w:rsid w:val="00DF7118"/>
     <w:rsid w:val="00E05DF4"/>
     <w:rsid w:val="00E66C8A"/>
     <w:rsid w:val="00E7324A"/>
     <w:rsid w:val="00EA3954"/>
     <w:rsid w:val="00EA7724"/>
     <w:rsid w:val="00F02E01"/>
     <w:rsid w:val="00F43542"/>
     <w:rsid w:val="00F45722"/>
     <w:rsid w:val="00FA383C"/>
+    <w:rsid w:val="00FB1DAD"/>
+    <w:rsid w:val="00FF4212"/>
     <w:rsid w:val="00FF42E3"/>
+    <w:rsid w:val="097ED671"/>
     <w:rsid w:val="1069185F"/>
     <w:rsid w:val="11324916"/>
     <w:rsid w:val="2557E18B"/>
     <w:rsid w:val="3F01AFF8"/>
     <w:rsid w:val="4A566212"/>
     <w:rsid w:val="4A86D713"/>
     <w:rsid w:val="6E578F35"/>
     <w:rsid w:val="708232F4"/>
     <w:rsid w:val="76D08ABE"/>
     <w:rsid w:val="7B94DECD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4E69BDF9"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2647A018-C8A1-4FDB-8B23-B537EDB0E613}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4191,132 +4434,125 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00932FC7"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00932FC7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00932FC7"/>
   </w:style>
-  <w:style xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:type="table" w:styleId="TableGrid">
-[...4 lines deleted...]
-    <w:pPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00FB4123"/>
+    <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:tblPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-      <w:tblInd w:w="0" w:type="dxa"/>
+    <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1493645230">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="630938497">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1609115373">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cityofboulder.sharepoint.com/:w:/r/sites/CrossDepartment/Science%20Officer/Science/Services/FundedResearchProgram/2025_FundedResearchProgram/2025_RFP_Materials/osmpfundedresearchbudgetworksheet_2025.docx?d=w43304190cfd542cbae7ddcb4b2bb8963&amp;csf=1&amp;web=1&amp;e=XOroQu" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bouldercolorado.gov/services/osmp-closures" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header.xml" Id="Rfebf10cb3ec24f59" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bouldercolorado.gov/services/osmp-closures" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bouldercolorado.gov/media/16241/download?inline" TargetMode="External" Id="Rf912b1baf1a740c0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -4579,114 +4815,78 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...37 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8c8475bd-aeaf-4dec-8a64-ff96b085fe4e" xmlns:ns3="23cc69d5-b560-4a4e-9e8b-f5998d9ed68c" xmlns:ns4="2aeb03d2-85da-4d22-a920-5402fc2f49b9" xmlns:ns5="04943c3b-4176-4696-9cc5-34a6f8347d11" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8f678c0098c91c8cca9b44c7ba94ce7a" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AD406B7FFFA94642818FFD1BCB010A32" ma:contentTypeVersion="202" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b6d6d6f22677649352ff95eb1ede4a1d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8c8475bd-aeaf-4dec-8a64-ff96b085fe4e" xmlns:ns3="23cc69d5-b560-4a4e-9e8b-f5998d9ed68c" xmlns:ns4="2aeb03d2-85da-4d22-a920-5402fc2f49b9" xmlns:ns5="04943c3b-4176-4696-9cc5-34a6f8347d11" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6877612780673d781b2799a14dc6f6db" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
     <xsd:import namespace="8c8475bd-aeaf-4dec-8a64-ff96b085fe4e"/>
     <xsd:import namespace="23cc69d5-b560-4a4e-9e8b-f5998d9ed68c"/>
     <xsd:import namespace="2aeb03d2-85da-4d22-a920-5402fc2f49b9"/>
     <xsd:import namespace="04943c3b-4176-4696-9cc5-34a6f8347d11"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns4:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns5:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8c8475bd-aeaf-4dec-8a64-ff96b085fe4e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -4747,50 +4947,55 @@
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2aeb03d2-85da-4d22-a920-5402fc2f49b9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaLengthInSeconds" ma:index="18" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f5132f65-3f16-4ed5-aad9-a4730df2f0fb" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="24" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="04943c3b-4176-4696-9cc5-34a6f8347d11" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="21" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{d04604fd-d53c-4fcc-8980-3af83e6bf279}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="04943c3b-4176-4696-9cc5-34a6f8347d11">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
@@ -4866,104 +5071,142 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="04943c3b-4176-4696-9cc5-34a6f8347d11" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2aeb03d2-85da-4d22-a920-5402fc2f49b9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <SharedWithUsers xmlns="23cc69d5-b560-4a4e-9e8b-f5998d9ed68c">
+      <UserInfo>
+        <DisplayName>Anacker, Brian</DisplayName>
+        <AccountId>15</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Keeley, Will</DisplayName>
+        <AccountId>142</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Lezberg, Ann</DisplayName>
+        <AccountId>42</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{068839E1-24F6-4D5D-8D16-8A552BBF4A78}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1674B340-5750-4747-B054-ECA132D7DBF8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="8c8475bd-aeaf-4dec-8a64-ff96b085fe4e"/>
+    <ds:schemaRef ds:uri="23cc69d5-b560-4a4e-9e8b-f5998d9ed68c"/>
+    <ds:schemaRef ds:uri="2aeb03d2-85da-4d22-a920-5402fc2f49b9"/>
+    <ds:schemaRef ds:uri="04943c3b-4176-4696-9cc5-34a6f8347d11"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41100A87-E824-43C8-8AF7-7070DB30E064}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="04943c3b-4176-4696-9cc5-34a6f8347d11"/>
     <ds:schemaRef ds:uri="2aeb03d2-85da-4d22-a920-5402fc2f49b9"/>
     <ds:schemaRef ds:uri="23cc69d5-b560-4a4e-9e8b-f5998d9ed68c"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{42B8DA5A-129B-433D-911D-1E23380EB475}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{068839E1-24F6-4D5D-8D16-8A552BBF4A78}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...12 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Normal.dotm</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anacker, Brian</dc:creator>
   <keywords/>
   <dc:description/>
-  <lastModifiedBy>Lezberg, Ann</lastModifiedBy>
-  <revision>13</revision>
+  <lastModifiedBy>Hill, Sarah</lastModifiedBy>
+  <revision>19</revision>
+  <lastPrinted>2025-01-21T14:21:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100AD406B7FFFA94642818FFD1BCB010A32</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>