--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -5,1830 +5,2052 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="66859215" w14:textId="624706EA" w:rsidR="00E32C2C" w:rsidRPr="008528ED" w:rsidRDefault="00E32C2C" w:rsidP="00E71002">
+    <w:p w:rsidRPr="008528ED" w:rsidR="00E32C2C" w:rsidP="00E71002" w:rsidRDefault="00E32C2C" w14:paraId="66859215" w14:textId="624706EA">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008528ED">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>Interagency Proposal Instructions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D8867C6" w14:textId="40225AED" w:rsidR="00302F83" w:rsidRDefault="00C3426D" w:rsidP="00E32C2C">
+    <w:p w:rsidR="00302F83" w:rsidP="00E32C2C" w:rsidRDefault="00C3426D" w14:paraId="7D8867C6" w14:textId="5BA52E6C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2AF4DAEF">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>City of Boulder Open Space and Mountain Parks</w:t>
       </w:r>
-      <w:r w:rsidR="00C80C5F" w:rsidRPr="2AF4DAEF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="2AF4DAEF" w:rsidR="00C80C5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (OSMP)</w:t>
       </w:r>
       <w:r w:rsidRPr="2AF4DAEF">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00E32C2C" w:rsidRPr="2AF4DAEF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="2AF4DAEF" w:rsidR="00E32C2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Boulder County Parks and Open Space (BCPOS)</w:t>
       </w:r>
-      <w:r w:rsidR="0083273E" w:rsidRPr="2AF4DAEF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="2AF4DAEF" w:rsidR="0083273E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
+      <w:r w:rsidRPr="008B537C" w:rsidR="006E506B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>City of Longmont</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B537C" w:rsidR="006E506B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B537C" w:rsidR="008B537C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Parks, Recreation &amp; Open Space </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13110">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(COL)</w:t>
+      </w:r>
+      <w:r w:rsidR="0046675E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C45800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00B430DE">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="0083273E" w:rsidRPr="2AF4DAEF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="2AF4DAEF" w:rsidR="0083273E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Jefferson County</w:t>
       </w:r>
       <w:r w:rsidRPr="2AF4DAEF">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A257FE" w:rsidRPr="2AF4DAEF">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00AC2839">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Parks and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2AF4DAEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Open Space</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2AF4DAEF" w:rsidR="00E32C2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="2AF4DAEF" w:rsidR="00A257FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(JC</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2839">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2AF4DAEF" w:rsidR="00A257FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OS)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2AF4DAEF" w:rsidR="00E32C2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are happy to announce that they will once again consider proposals for research that </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="2AF4DAEF" w:rsidR="00E32C2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cross</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="2AF4DAEF" w:rsidR="00E32C2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> their land boundaries.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2AF4DAEF" w:rsidR="005C65B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4E7BAD39" w14:textId="2274070A" w:rsidR="00E32C2C" w:rsidRPr="00E32C2C" w:rsidRDefault="00E32C2C" w:rsidP="00E32C2C">
+    <w:p w:rsidRPr="00E32C2C" w:rsidR="00E32C2C" w:rsidP="00E32C2C" w:rsidRDefault="00E32C2C" w14:paraId="4E7BAD39" w14:textId="2274070A">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2AF4DAEF">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Working with multiple agencies can have many benefits: researchers can use a broader spatial extent, access a greater number of environments and environmental histories, use a larger breadth of methods, and attract more funding. These benefits </w:t>
       </w:r>
       <w:r w:rsidR="003D75FB">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>can produce</w:t>
       </w:r>
       <w:r w:rsidRPr="2AF4DAEF">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> higher quality research studies and help facilitate inter-agency collaboration</w:t>
       </w:r>
       <w:r w:rsidR="005A71D6">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="2AF4DAEF">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79B14E40" w14:textId="1D4DBFAF" w:rsidR="00E32C2C" w:rsidRPr="00E32C2C" w:rsidRDefault="00E32C2C" w:rsidP="008544E8">
+    <w:p w:rsidRPr="00E32C2C" w:rsidR="00E32C2C" w:rsidP="008544E8" w:rsidRDefault="00E32C2C" w14:paraId="79B14E40" w14:textId="1D4DBFAF">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E32C2C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Here are the custom procedures for applying to work with </w:t>
       </w:r>
       <w:r w:rsidR="006F6DFA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>more than one</w:t>
       </w:r>
       <w:r w:rsidRPr="00E32C2C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> land agency:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22FEF215" w14:textId="46DED25B" w:rsidR="004E4A6F" w:rsidRPr="00E47220" w:rsidRDefault="00E32C2C" w:rsidP="00A81BD2">
+    <w:p w:rsidRPr="00E47220" w:rsidR="004E4A6F" w:rsidP="00A81BD2" w:rsidRDefault="00E32C2C" w14:paraId="22FEF215" w14:textId="713A93D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0778EF86" w:rsidR="00E32C2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>You should create just </w:t>
       </w:r>
-      <w:r w:rsidRPr="66D0068D">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="0778EF86" w:rsidR="00E32C2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>one proposal</w:t>
       </w:r>
-      <w:r w:rsidRPr="66D0068D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0778EF86" w:rsidR="00E32C2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> for submission to multiple agencies. Follow the</w:t>
       </w:r>
-      <w:r w:rsidR="005D329A" w:rsidRPr="66D0068D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0778EF86" w:rsidR="005D329A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10">
-        <w:r w:rsidR="005D329A" w:rsidRPr="66D0068D">
+      <w:hyperlink r:id="Rd6829203ef694735">
+        <w:r w:rsidRPr="0778EF86" w:rsidR="005D329A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>proposal format guidelines for OSMP</w:t>
+          <w:t>propos</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0778EF86" w:rsidR="005D329A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>a</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0778EF86" w:rsidR="005D329A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>l format guidelines for OSMP</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009C0DB2" w:rsidRPr="66D0068D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0778EF86" w:rsidR="009C0DB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005D329A" w:rsidRPr="66D0068D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0778EF86" w:rsidR="005D329A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00EA06E6" w:rsidRPr="66D0068D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0778EF86" w:rsidR="00EA06E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>However, you may need to provide multiple budget worksheets to meet agency-spec</w:t>
       </w:r>
-      <w:r w:rsidR="00064A29" w:rsidRPr="66D0068D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0778EF86" w:rsidR="00064A29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ific requirements</w:t>
       </w:r>
-      <w:r w:rsidR="009C0181">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0778EF86" w:rsidR="009C0181">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00064A29" w:rsidRPr="66D0068D">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0778EF86" w:rsidR="00064A29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0778EF86" w:rsidR="00064A29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please check with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0778EF86" w:rsidR="006C1CB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the agency</w:t>
       </w:r>
-      <w:r w:rsidR="00064A29" w:rsidRPr="66D0068D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0778EF86" w:rsidR="00064A29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> staff listed in item </w:t>
       </w:r>
-      <w:r w:rsidR="00BE26BF" w:rsidRPr="66D0068D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0778EF86" w:rsidR="00BE26BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00064A29" w:rsidRPr="66D0068D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0778EF86" w:rsidR="00064A29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> below.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09703CF3" w14:textId="77777777" w:rsidR="00F7362B" w:rsidRDefault="00F7362B" w:rsidP="00A81BD2">
+    <w:p w:rsidR="00F7362B" w:rsidP="00A81BD2" w:rsidRDefault="00F7362B" w14:paraId="09703CF3" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7338797C" w14:textId="32768F9D" w:rsidR="00E32C2C" w:rsidRPr="002F3465" w:rsidRDefault="00E32C2C" w:rsidP="00A81BD2">
+    <w:p w:rsidRPr="002F3465" w:rsidR="00E32C2C" w:rsidP="00A81BD2" w:rsidRDefault="00E32C2C" w14:paraId="7338797C" w14:textId="32768F9D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F3465">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In addition to the regular proposal, please add to the top of your proposal an </w:t>
       </w:r>
       <w:r w:rsidRPr="002F3465">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>additional cover page</w:t>
       </w:r>
       <w:r w:rsidRPr="002F3465">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (one page maximum) formatted as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58998C6C" w14:textId="77777777" w:rsidR="00E32C2C" w:rsidRPr="00E32C2C" w:rsidRDefault="00E32C2C" w:rsidP="004F281E">
+    <w:p w:rsidRPr="00E32C2C" w:rsidR="00E32C2C" w:rsidP="004F281E" w:rsidRDefault="00E32C2C" w14:paraId="58998C6C" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F281E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Title</w:t>
       </w:r>
       <w:r w:rsidRPr="00E32C2C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Your title </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15ACE72D" w14:textId="413A8B22" w:rsidR="00E32C2C" w:rsidRPr="00E32C2C" w:rsidRDefault="00E32C2C" w:rsidP="00430D52">
+    <w:p w:rsidRPr="00E32C2C" w:rsidR="00E32C2C" w:rsidP="00430D52" w:rsidRDefault="00E32C2C" w14:paraId="15ACE72D" w14:textId="413A8B22">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F281E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Subtitle:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E32C2C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> "This proposal is for consideration by X</w:t>
       </w:r>
       <w:r w:rsidR="00C45E0E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Y,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E32C2C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00C45E0E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Z</w:t>
       </w:r>
       <w:r w:rsidRPr="00E32C2C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> agencies," where X</w:t>
       </w:r>
       <w:r w:rsidR="00C45E0E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E32C2C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Y</w:t>
       </w:r>
       <w:r w:rsidR="00C45E0E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, and Z are </w:t>
       </w:r>
       <w:r w:rsidR="00E138C9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00E32C2C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">two (or </w:t>
       </w:r>
       <w:r w:rsidR="00985A67">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>more</w:t>
       </w:r>
       <w:r w:rsidRPr="00E32C2C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) agencies involved.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="252D57F4" w14:textId="75E5A840" w:rsidR="00E32C2C" w:rsidRPr="00E32C2C" w:rsidRDefault="00E32C2C" w:rsidP="00430D52">
+    <w:p w:rsidRPr="00E32C2C" w:rsidR="00E32C2C" w:rsidP="00430D52" w:rsidRDefault="00E32C2C" w14:paraId="252D57F4" w14:textId="75E5A840">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3024D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Section 1</w:t>
       </w:r>
-      <w:r w:rsidR="00F524B2" w:rsidRPr="00F524B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00F524B2" w:rsidR="00F524B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00F524B2" w:rsidRPr="00E32C2C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E32C2C" w:rsidR="00F524B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Importance</w:t>
       </w:r>
       <w:r w:rsidRPr="00E32C2C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the proposed research to each agency</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="579404BB" w14:textId="77777777" w:rsidR="00E32C2C" w:rsidRPr="00E32C2C" w:rsidRDefault="00E32C2C" w:rsidP="00430D52">
+    <w:p w:rsidRPr="00E32C2C" w:rsidR="00E32C2C" w:rsidP="00430D52" w:rsidRDefault="00E32C2C" w14:paraId="579404BB" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E32C2C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Briefly describe the unique benefits that each agency will receive.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="648652A6" w14:textId="77777777" w:rsidR="00E32C2C" w:rsidRPr="00E32C2C" w:rsidRDefault="00E32C2C" w:rsidP="00430D52">
+    <w:p w:rsidRPr="00E32C2C" w:rsidR="00E32C2C" w:rsidP="00430D52" w:rsidRDefault="00E32C2C" w14:paraId="648652A6" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E32C2C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
       <w:r w:rsidRPr="00B3024D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Section 2</w:t>
       </w:r>
       <w:r w:rsidRPr="00E32C2C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Correspondence history</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="101D868B" w14:textId="77777777" w:rsidR="00E32C2C" w:rsidRPr="002D4FC9" w:rsidRDefault="00E32C2C" w:rsidP="00430D52">
+    <w:p w:rsidRPr="002D4FC9" w:rsidR="00E32C2C" w:rsidP="00430D52" w:rsidRDefault="00E32C2C" w14:paraId="101D868B" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D4FC9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Briefly describe the history of your correspondence with staff about the research.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F64C5A7" w14:textId="27F11D23" w:rsidR="00381A9D" w:rsidRPr="002D4FC9" w:rsidRDefault="00E32C2C" w:rsidP="006C4101">
+    <w:p w:rsidRPr="002D4FC9" w:rsidR="00381A9D" w:rsidP="006C4101" w:rsidRDefault="00E32C2C" w14:paraId="2F64C5A7" w14:textId="27F11D23">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D4FC9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Section 3</w:t>
       </w:r>
       <w:r w:rsidRPr="002D4FC9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Funding request</w:t>
       </w:r>
-      <w:r w:rsidR="003D07B3" w:rsidRPr="002D4FC9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002D4FC9" w:rsidR="003D07B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00C30D23" w:rsidRPr="002D4FC9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002D4FC9" w:rsidR="00C30D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please check</w:t>
       </w:r>
       <w:r w:rsidR="00210888">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003405ED">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">individual </w:t>
       </w:r>
-      <w:r w:rsidR="00C30D23" w:rsidRPr="002D4FC9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002D4FC9" w:rsidR="00C30D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>agency RFPs</w:t>
       </w:r>
       <w:r w:rsidR="007549AD">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> as</w:t>
       </w:r>
       <w:r w:rsidR="00E351B9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> maximum funding amount may differ</w:t>
       </w:r>
       <w:r w:rsidR="00FA0855">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E351B9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60F8DB6D" w14:textId="33881248" w:rsidR="00E32C2C" w:rsidRPr="002D4FC9" w:rsidRDefault="00AB11E4" w:rsidP="008163AB">
+    <w:p w:rsidRPr="002D4FC9" w:rsidR="00E32C2C" w:rsidP="008163AB" w:rsidRDefault="00AB11E4" w14:paraId="60F8DB6D" w14:textId="33881248">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D4FC9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00E32C2C" w:rsidRPr="002D4FC9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002D4FC9" w:rsidR="00E32C2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pecify how much you are requesting from each agency in a </w:t>
       </w:r>
-      <w:r w:rsidR="00FA0855" w:rsidRPr="002D4FC9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002D4FC9" w:rsidR="00FA0855">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>bullet</w:t>
       </w:r>
-      <w:r w:rsidR="00E32C2C" w:rsidRPr="002D4FC9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002D4FC9" w:rsidR="00E32C2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> list</w:t>
       </w:r>
       <w:r w:rsidRPr="002D4FC9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, for example:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4606BED0" w14:textId="77777777" w:rsidR="00E32C2C" w:rsidRPr="002D4FC9" w:rsidRDefault="00E32C2C" w:rsidP="00430D52">
+    <w:p w:rsidRPr="002D4FC9" w:rsidR="00E32C2C" w:rsidP="00430D52" w:rsidRDefault="00E32C2C" w14:paraId="4606BED0" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D4FC9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>OSMP: $8,500</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BD2FFB7" w14:textId="77777777" w:rsidR="00E32C2C" w:rsidRPr="002D4FC9" w:rsidRDefault="00E32C2C" w:rsidP="00430D52">
+    <w:p w:rsidRPr="002D4FC9" w:rsidR="00E32C2C" w:rsidP="00430D52" w:rsidRDefault="00E32C2C" w14:paraId="0BD2FFB7" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D4FC9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BCPOS: $5,100</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C0AFBE8" w14:textId="1F134EE6" w:rsidR="00381A9D" w:rsidRPr="00E32C2C" w:rsidRDefault="00381A9D" w:rsidP="00430D52">
+    <w:p w:rsidRPr="00E32C2C" w:rsidR="00381A9D" w:rsidP="00430D52" w:rsidRDefault="00381A9D" w14:paraId="1C0AFBE8" w14:textId="1F134EE6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Jefferson County:</w:t>
       </w:r>
       <w:r w:rsidR="00AB11E4">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BB16E8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>None</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="250ED81A" w14:textId="4716EF0C" w:rsidR="00961FF5" w:rsidRDefault="00E243CA" w:rsidP="755D506E">
+    <w:p w:rsidR="00961FF5" w:rsidP="755D506E" w:rsidRDefault="00E243CA" w14:paraId="250ED81A" w14:textId="4716EF0C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Proposal</w:t>
       </w:r>
       <w:r w:rsidR="00AF7BAD">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> d</w:t>
       </w:r>
-      <w:r w:rsidR="00671C1F" w:rsidRPr="755D506E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="755D506E" w:rsidR="00671C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eadlines are listed below</w:t>
       </w:r>
-      <w:r w:rsidR="001B5CC6" w:rsidRPr="755D506E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="755D506E" w:rsidR="001B5CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08871DFF" w14:textId="7BDDB959" w:rsidR="008F71C4" w:rsidRDefault="00E0061E" w:rsidP="00430D52">
+    <w:p w:rsidR="008F71C4" w:rsidP="00430D52" w:rsidRDefault="00E0061E" w14:paraId="08871DFF" w14:textId="545E6526">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:hyperlink r:id="rId11" w:history="1">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:history="1" r:id="rId11">
         <w:r w:rsidRPr="00774773">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>OSM</w:t>
         </w:r>
-        <w:r w:rsidR="0093403C" w:rsidRPr="00774773">
+        <w:r w:rsidRPr="00774773" w:rsidR="0093403C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>P</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0093403C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="004F469F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1/</w:t>
       </w:r>
       <w:r w:rsidR="000E3CF4">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>09</w:t>
       </w:r>
       <w:r w:rsidR="004F469F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
-      <w:r w:rsidR="000E3CF4">
-[...5 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00087CD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13437C73" w14:textId="30DC87E9" w:rsidR="001E1DA5" w:rsidRDefault="00E0061E">
+    <w:p w:rsidR="001E1DA5" w:rsidRDefault="00E0061E" w14:paraId="13437C73" w14:textId="395BED65">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:hyperlink r:id="rId12" w:history="1">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:history="1" r:id="rId12">
         <w:r w:rsidRPr="004A1AFF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>BCPOS</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0093403C" w:rsidRPr="001E1DA5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="001E1DA5" w:rsidR="0093403C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="001E1DA5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1/</w:t>
       </w:r>
       <w:r w:rsidR="000E3CF4">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>09</w:t>
       </w:r>
       <w:r w:rsidR="004F469F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
-      <w:r w:rsidR="000E3CF4">
-[...5 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00087CD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BED1D0C" w14:textId="2990F03B" w:rsidR="00E0061E" w:rsidRPr="001E1DA5" w:rsidRDefault="00E0061E" w:rsidP="1F7FA37D">
+    <w:p w:rsidR="00E0061E" w:rsidP="1F7FA37D" w:rsidRDefault="005B724C" w14:paraId="7BED1D0C" w14:textId="00BB7484">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-        <w:r w:rsidRPr="1F7FA37D">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:history="1" r:id="rId13">
+        <w:r w:rsidRPr="005B724C" w:rsidR="00E0061E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>JCOS</w:t>
+          <w:t>JC</w:t>
+        </w:r>
+        <w:r w:rsidRPr="005B724C" w:rsidR="00E0061E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>O</w:t>
+        </w:r>
+        <w:r w:rsidRPr="005B724C" w:rsidR="00E0061E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>S</w:t>
+        </w:r>
+        <w:r w:rsidRPr="005B724C" w:rsidR="004F469F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>:</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="004F469F" w:rsidRPr="1F7FA37D">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="1F7FA37D" w:rsidR="004F469F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F7FA37D" w:rsidR="1A93ED19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1/</w:t>
       </w:r>
       <w:r w:rsidR="000E3CF4">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>09</w:t>
       </w:r>
-      <w:r w:rsidR="1A93ED19" w:rsidRPr="1F7FA37D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="1F7FA37D" w:rsidR="1A93ED19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
-      <w:r w:rsidR="000E3CF4">
-[...5 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00087CD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21FA4A00" w14:textId="77777777" w:rsidR="007A2916" w:rsidRPr="00802258" w:rsidRDefault="007A2916" w:rsidP="007A2916">
+    <w:p w:rsidRPr="001E1DA5" w:rsidR="00087CD9" w:rsidP="1F7FA37D" w:rsidRDefault="00AD6267" w14:paraId="091ACBE8" w14:textId="2066E1AA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:history="1" r:id="rId14">
+        <w:r w:rsidRPr="00AD6267" w:rsidR="00CF31A4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>COL</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00087CD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: 1/09/2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00802258" w:rsidR="007A2916" w:rsidP="007A2916" w:rsidRDefault="007A2916" w14:paraId="21FA4A00" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67C714CA" w14:textId="77777777" w:rsidR="001237F2" w:rsidRDefault="00E32C2C" w:rsidP="001237F2">
+    <w:p w:rsidR="001237F2" w:rsidP="001237F2" w:rsidRDefault="00E32C2C" w14:paraId="67C714CA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B5CC6">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>When you submit your proposal, be sure to cc the appropriate parties from each agency. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A5F237E" w14:textId="0D71EEBA" w:rsidR="001237F2" w:rsidRDefault="00E32C2C" w:rsidP="001E375B">
+    <w:p w:rsidR="001237F2" w:rsidP="001E375B" w:rsidRDefault="00E32C2C" w14:paraId="6A5F237E" w14:textId="0D71EEBA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001237F2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>OSMP: </w:t>
       </w:r>
-      <w:r w:rsidR="00192AF4" w:rsidRPr="001237F2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="001237F2" w:rsidR="00192AF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ann Lezberg, </w:t>
       </w:r>
-      <w:r w:rsidR="001237F2" w:rsidRPr="00E9253B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E9253B" w:rsidR="001237F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>osmpfrp@bouldercolorado.gov</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A4362F9" w14:textId="6E771632" w:rsidR="001237F2" w:rsidRDefault="00E32C2C" w:rsidP="001E375B">
+    <w:p w:rsidR="001237F2" w:rsidP="001E375B" w:rsidRDefault="00E32C2C" w14:paraId="5A4362F9" w14:textId="6E771632">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001237F2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BCPOS: </w:t>
       </w:r>
-      <w:r w:rsidR="00341809" w:rsidRPr="001237F2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="001237F2" w:rsidR="00341809">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Raquel Robles</w:t>
       </w:r>
-      <w:r w:rsidR="00192AF4" w:rsidRPr="001237F2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="001237F2" w:rsidR="00192AF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="001237F2" w:rsidRPr="00E9253B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E9253B" w:rsidR="001237F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rrobles@bouldercounty.org</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3849EF4D" w14:textId="4EFAC710" w:rsidR="001237F2" w:rsidRDefault="007F0462" w:rsidP="001E375B">
+    <w:p w:rsidR="001237F2" w:rsidP="001E375B" w:rsidRDefault="007F0462" w14:paraId="3849EF4D" w14:textId="4EFAC710">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001237F2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>JCOS:</w:t>
       </w:r>
-      <w:r w:rsidR="005C5BFE" w:rsidRPr="001237F2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="001237F2" w:rsidR="005C5BFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0078668C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Julie Ligg</w:t>
       </w:r>
       <w:r w:rsidR="009567F5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ett</w:t>
       </w:r>
-      <w:r w:rsidR="00D23F48" w:rsidRPr="001237F2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="001237F2" w:rsidR="00D23F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00A5507E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>jliggett</w:t>
       </w:r>
-      <w:r w:rsidR="005C5BFE" w:rsidRPr="001237F2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="001237F2" w:rsidR="005C5BFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>@co.jefferson.co.us</w:t>
       </w:r>
       <w:r w:rsidRPr="001237F2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C6F14F5" w14:textId="5B469805" w:rsidR="009D2850" w:rsidRPr="00F0092E" w:rsidRDefault="00E32C2C" w:rsidP="00CB79DB">
-      <w:pPr>
+    <w:p w:rsidR="009E60A1" w:rsidP="001E375B" w:rsidRDefault="00283679" w14:paraId="1BF1DABD" w14:textId="252DA6A9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>COL</w:t>
+      </w:r>
+      <w:r w:rsidR="009E60A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Jes Gray, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E02A7" w:rsidR="002E02A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jes.gray@longmontcolorado.gov</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F0092E" w:rsidR="009D2850" w:rsidP="00CB79DB" w:rsidRDefault="00E32C2C" w14:paraId="2C6F14F5" w14:textId="5B469805">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0092E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="00F0092E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> Interagency grants are not guaranteed to be funded by all agencies; proposals should still be stand</w:t>
       </w:r>
-      <w:r w:rsidR="00D65B5D" w:rsidRPr="00F0092E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00F0092E" w:rsidR="00D65B5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00F0092E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">alone projects if one agency decides not to fund it. </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="009D2850" w:rsidRPr="00F0092E" w:rsidSect="002C0907">
-[...1 lines deleted...]
-      <w:pgSz w:w="12240" w:h="15840"/>
+    <w:sectPr w:rsidRPr="00F0092E" w:rsidR="009D2850" w:rsidSect="002C0907">
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="432" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6D5834C6" w14:textId="77777777" w:rsidR="006F1B2B" w:rsidRDefault="006F1B2B" w:rsidP="004434A5">
+    <w:p w:rsidR="00E3445E" w:rsidP="004434A5" w:rsidRDefault="00E3445E" w14:paraId="3C9FFF62" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="12B9A5CC" w14:textId="77777777" w:rsidR="006F1B2B" w:rsidRDefault="006F1B2B" w:rsidP="004434A5">
+    <w:p w:rsidR="00E3445E" w:rsidP="004434A5" w:rsidRDefault="00E3445E" w14:paraId="022BF5B0" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4253F9AF" w14:textId="77777777" w:rsidR="006F1B2B" w:rsidRDefault="006F1B2B">
+    <w:p w:rsidR="00E3445E" w:rsidRDefault="00E3445E" w14:paraId="36E9EAAD" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="47DD1044" w14:textId="3C2AC49A" w:rsidR="00843B06" w:rsidRDefault="00C80D21">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00843B06" w:rsidRDefault="00C80D21" w14:paraId="47DD1044" w14:textId="49FDA59E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Front Range </w:t>
     </w:r>
     <w:r w:rsidR="00600697">
       <w:t>Funded Research</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00600697">
       <w:t xml:space="preserve">Interagency Proposal Guidelines </w:t>
     </w:r>
-    <w:r w:rsidR="0063119A">
-[...3 lines deleted...]
-      <w:t>2024</w:t>
+    <w:r w:rsidR="00E04643">
+      <w:t>10/26/2025</w:t>
     </w:r>
     <w:r w:rsidR="00600697">
       <w:t xml:space="preserve"> version</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="42526D96" w14:textId="77777777" w:rsidR="00843B06" w:rsidRDefault="00843B06">
+  <w:p w:rsidR="00843B06" w:rsidRDefault="00843B06" w14:paraId="42526D96" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6C6F0417" w14:textId="77777777" w:rsidR="006F1B2B" w:rsidRDefault="006F1B2B" w:rsidP="004434A5">
+    <w:p w:rsidR="00E3445E" w:rsidP="004434A5" w:rsidRDefault="00E3445E" w14:paraId="11576E35" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73CD08CC" w14:textId="77777777" w:rsidR="006F1B2B" w:rsidRDefault="006F1B2B" w:rsidP="004434A5">
+    <w:p w:rsidR="00E3445E" w:rsidP="004434A5" w:rsidRDefault="00E3445E" w14:paraId="3E90E175" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="335CADBE" w14:textId="77777777" w:rsidR="006F1B2B" w:rsidRDefault="006F1B2B">
+    <w:p w:rsidR="00E3445E" w:rsidRDefault="00E3445E" w14:paraId="6DD21606" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0AFD384E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="910877AC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="109E2598"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BA9ED044"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
@@ -2001,63 +2223,63 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FA91161"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFD6788C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
@@ -2117,937 +2339,967 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4736387A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9BF478CC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56647EFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DE54EA0C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B5E7A40"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="545499EC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C2C0962"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3D0A0AE0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="799884192">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="220988797">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1418476318">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="442773407">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1149132626">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="13772527">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1305891655">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1754428233">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E32C2C"/>
     <w:rsid w:val="00020F89"/>
     <w:rsid w:val="0004539B"/>
     <w:rsid w:val="00051CDB"/>
     <w:rsid w:val="00061D56"/>
     <w:rsid w:val="00064A29"/>
+    <w:rsid w:val="00087CD9"/>
     <w:rsid w:val="000D6159"/>
     <w:rsid w:val="000E3CF4"/>
+    <w:rsid w:val="000F08E4"/>
     <w:rsid w:val="000F35A7"/>
     <w:rsid w:val="001054A2"/>
     <w:rsid w:val="001237F2"/>
     <w:rsid w:val="00124AAB"/>
     <w:rsid w:val="00127031"/>
     <w:rsid w:val="001275CD"/>
     <w:rsid w:val="001648A8"/>
     <w:rsid w:val="00181785"/>
     <w:rsid w:val="00192AF4"/>
     <w:rsid w:val="00196A21"/>
     <w:rsid w:val="001A0A26"/>
     <w:rsid w:val="001B5CC6"/>
     <w:rsid w:val="001E1DA5"/>
     <w:rsid w:val="001E36B1"/>
     <w:rsid w:val="001E375B"/>
     <w:rsid w:val="00210888"/>
     <w:rsid w:val="00223393"/>
     <w:rsid w:val="00231EB5"/>
     <w:rsid w:val="002636A7"/>
     <w:rsid w:val="002650FD"/>
     <w:rsid w:val="00266848"/>
+    <w:rsid w:val="00272479"/>
+    <w:rsid w:val="00283679"/>
     <w:rsid w:val="002913B4"/>
     <w:rsid w:val="002B23EB"/>
     <w:rsid w:val="002C0907"/>
     <w:rsid w:val="002C494D"/>
     <w:rsid w:val="002C4A21"/>
     <w:rsid w:val="002D4FC9"/>
+    <w:rsid w:val="002E02A7"/>
+    <w:rsid w:val="002F2BF2"/>
     <w:rsid w:val="002F3465"/>
     <w:rsid w:val="00302017"/>
     <w:rsid w:val="00302F83"/>
     <w:rsid w:val="003142D4"/>
     <w:rsid w:val="003152A3"/>
     <w:rsid w:val="00324BA5"/>
     <w:rsid w:val="003405ED"/>
     <w:rsid w:val="00341809"/>
     <w:rsid w:val="00347573"/>
     <w:rsid w:val="003650A5"/>
     <w:rsid w:val="00381A9D"/>
     <w:rsid w:val="003A71D4"/>
     <w:rsid w:val="003C0B95"/>
     <w:rsid w:val="003D07B3"/>
     <w:rsid w:val="003D75FB"/>
     <w:rsid w:val="003E4B2B"/>
     <w:rsid w:val="00430D52"/>
     <w:rsid w:val="00435A3F"/>
     <w:rsid w:val="004434A5"/>
     <w:rsid w:val="00444806"/>
     <w:rsid w:val="0045057B"/>
+    <w:rsid w:val="0046675E"/>
     <w:rsid w:val="004A1AFF"/>
     <w:rsid w:val="004E4A6F"/>
     <w:rsid w:val="004F281E"/>
     <w:rsid w:val="004F469F"/>
     <w:rsid w:val="005205F1"/>
     <w:rsid w:val="00522971"/>
     <w:rsid w:val="00530CDF"/>
     <w:rsid w:val="00535072"/>
     <w:rsid w:val="00571B38"/>
     <w:rsid w:val="00596745"/>
     <w:rsid w:val="005A2525"/>
     <w:rsid w:val="005A71D6"/>
+    <w:rsid w:val="005B724C"/>
     <w:rsid w:val="005C5BFE"/>
     <w:rsid w:val="005C65B8"/>
     <w:rsid w:val="005C6C4C"/>
     <w:rsid w:val="005D329A"/>
     <w:rsid w:val="00600697"/>
     <w:rsid w:val="006264D7"/>
     <w:rsid w:val="0063119A"/>
     <w:rsid w:val="0063358C"/>
     <w:rsid w:val="006661AD"/>
     <w:rsid w:val="00671C1F"/>
     <w:rsid w:val="00687430"/>
     <w:rsid w:val="006B1072"/>
     <w:rsid w:val="006C1CB5"/>
     <w:rsid w:val="006C4101"/>
     <w:rsid w:val="006E28CC"/>
+    <w:rsid w:val="006E506B"/>
     <w:rsid w:val="006F1B2B"/>
     <w:rsid w:val="006F6DFA"/>
+    <w:rsid w:val="00711BA1"/>
     <w:rsid w:val="0074114D"/>
     <w:rsid w:val="007549AD"/>
     <w:rsid w:val="007572D1"/>
     <w:rsid w:val="00774773"/>
     <w:rsid w:val="007747E5"/>
     <w:rsid w:val="0078668C"/>
     <w:rsid w:val="00792E1C"/>
     <w:rsid w:val="00794CA7"/>
     <w:rsid w:val="0079676D"/>
     <w:rsid w:val="007A10EC"/>
     <w:rsid w:val="007A2916"/>
     <w:rsid w:val="007B12AF"/>
     <w:rsid w:val="007B7C35"/>
     <w:rsid w:val="007C0155"/>
     <w:rsid w:val="007D44FC"/>
     <w:rsid w:val="007F0462"/>
     <w:rsid w:val="007F15F5"/>
     <w:rsid w:val="00802258"/>
     <w:rsid w:val="008163AB"/>
     <w:rsid w:val="0083273E"/>
     <w:rsid w:val="00843B06"/>
     <w:rsid w:val="008528ED"/>
     <w:rsid w:val="008544E8"/>
     <w:rsid w:val="00880960"/>
+    <w:rsid w:val="008A1725"/>
     <w:rsid w:val="008B22FE"/>
     <w:rsid w:val="008B291A"/>
+    <w:rsid w:val="008B537C"/>
     <w:rsid w:val="008D5DAA"/>
     <w:rsid w:val="008F71C4"/>
     <w:rsid w:val="0093403C"/>
+    <w:rsid w:val="00951AE3"/>
     <w:rsid w:val="009567F5"/>
     <w:rsid w:val="00961FF5"/>
     <w:rsid w:val="009677DE"/>
     <w:rsid w:val="00985A67"/>
     <w:rsid w:val="009C0181"/>
     <w:rsid w:val="009C0DB2"/>
     <w:rsid w:val="009C3036"/>
     <w:rsid w:val="009C7501"/>
     <w:rsid w:val="009D2850"/>
+    <w:rsid w:val="009E60A1"/>
     <w:rsid w:val="00A15682"/>
     <w:rsid w:val="00A25588"/>
     <w:rsid w:val="00A257FE"/>
     <w:rsid w:val="00A35734"/>
     <w:rsid w:val="00A5507E"/>
     <w:rsid w:val="00A57138"/>
     <w:rsid w:val="00A629B0"/>
     <w:rsid w:val="00A80ED2"/>
     <w:rsid w:val="00A81BD2"/>
     <w:rsid w:val="00AB11E4"/>
+    <w:rsid w:val="00AC2839"/>
+    <w:rsid w:val="00AC5932"/>
     <w:rsid w:val="00AC783C"/>
+    <w:rsid w:val="00AD6267"/>
     <w:rsid w:val="00AE14F5"/>
     <w:rsid w:val="00AF2DC0"/>
     <w:rsid w:val="00AF7BAD"/>
     <w:rsid w:val="00B005A6"/>
     <w:rsid w:val="00B00B9D"/>
     <w:rsid w:val="00B128BD"/>
     <w:rsid w:val="00B3024D"/>
     <w:rsid w:val="00B34D66"/>
+    <w:rsid w:val="00B417D2"/>
     <w:rsid w:val="00B430DE"/>
     <w:rsid w:val="00B4466F"/>
     <w:rsid w:val="00B509BE"/>
     <w:rsid w:val="00B521E1"/>
     <w:rsid w:val="00BB16E8"/>
     <w:rsid w:val="00BE26BF"/>
+    <w:rsid w:val="00BF0031"/>
     <w:rsid w:val="00BF5FE4"/>
     <w:rsid w:val="00C0329A"/>
     <w:rsid w:val="00C122C7"/>
     <w:rsid w:val="00C1234B"/>
     <w:rsid w:val="00C2188F"/>
     <w:rsid w:val="00C27072"/>
     <w:rsid w:val="00C30D23"/>
     <w:rsid w:val="00C3426D"/>
+    <w:rsid w:val="00C45800"/>
     <w:rsid w:val="00C45E0E"/>
     <w:rsid w:val="00C5499D"/>
     <w:rsid w:val="00C656EF"/>
     <w:rsid w:val="00C802DA"/>
     <w:rsid w:val="00C80C5F"/>
     <w:rsid w:val="00C80D21"/>
     <w:rsid w:val="00CB6F77"/>
     <w:rsid w:val="00CB79DB"/>
+    <w:rsid w:val="00CF31A4"/>
     <w:rsid w:val="00CF4021"/>
     <w:rsid w:val="00CF6B1F"/>
     <w:rsid w:val="00D06F7F"/>
     <w:rsid w:val="00D17EFD"/>
     <w:rsid w:val="00D23F48"/>
     <w:rsid w:val="00D313BE"/>
     <w:rsid w:val="00D3462D"/>
     <w:rsid w:val="00D65B5D"/>
     <w:rsid w:val="00D85F5F"/>
+    <w:rsid w:val="00D86515"/>
     <w:rsid w:val="00D971F0"/>
     <w:rsid w:val="00DA54DA"/>
     <w:rsid w:val="00DC2B51"/>
+    <w:rsid w:val="00DD037C"/>
     <w:rsid w:val="00DD0449"/>
     <w:rsid w:val="00DE0DA6"/>
     <w:rsid w:val="00E0061E"/>
+    <w:rsid w:val="00E011AF"/>
+    <w:rsid w:val="00E04643"/>
+    <w:rsid w:val="00E13110"/>
     <w:rsid w:val="00E138C9"/>
     <w:rsid w:val="00E14018"/>
     <w:rsid w:val="00E2028A"/>
     <w:rsid w:val="00E243CA"/>
     <w:rsid w:val="00E32C2C"/>
+    <w:rsid w:val="00E3445E"/>
     <w:rsid w:val="00E351B9"/>
     <w:rsid w:val="00E47220"/>
     <w:rsid w:val="00E4729D"/>
     <w:rsid w:val="00E65B92"/>
     <w:rsid w:val="00E71002"/>
     <w:rsid w:val="00E9253B"/>
     <w:rsid w:val="00EA06E6"/>
     <w:rsid w:val="00EC5FF0"/>
     <w:rsid w:val="00F0073D"/>
     <w:rsid w:val="00F0092E"/>
     <w:rsid w:val="00F024CB"/>
     <w:rsid w:val="00F524B2"/>
     <w:rsid w:val="00F7362B"/>
     <w:rsid w:val="00F86536"/>
     <w:rsid w:val="00FA0855"/>
+    <w:rsid w:val="00FC3AB4"/>
     <w:rsid w:val="00FD2174"/>
     <w:rsid w:val="00FD3E8C"/>
     <w:rsid w:val="00FE3A6A"/>
+    <w:rsid w:val="00FE3EEA"/>
+    <w:rsid w:val="0778EF86"/>
     <w:rsid w:val="093796F2"/>
     <w:rsid w:val="0A7CDDD6"/>
     <w:rsid w:val="1A93ED19"/>
     <w:rsid w:val="1F7FA37D"/>
     <w:rsid w:val="2AF4DAEF"/>
     <w:rsid w:val="4DBEE065"/>
     <w:rsid w:val="5301D134"/>
     <w:rsid w:val="66D0068D"/>
     <w:rsid w:val="698F2408"/>
     <w:rsid w:val="755D506E"/>
     <w:rsid w:val="770479A7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="24590462"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{318D79A5-C45F-4E35-B349-B5FFF0251F67}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3203,52 +3455,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -3315,330 +3567,329 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003152A3"/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E32C2C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00E32C2C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E32C2C"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="000F35A7"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="000F35A7"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00687430"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00302F83"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004434A5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004434A5"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004434A5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004434A5"/>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007572D1"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007572D1"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007572D1"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007572D1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007572D1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E243CA"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1430542767">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jeffco.us/3384/Small-Research-Grants-Program" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bouldercounty.gov/open-space/education/research/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bouldercolorado.gov/services/osmp-funded-research-program" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cityofboulder.sharepoint.com/:w:/r/sites/CrossDepartment/Science%20Officer/Science/Services/FundedResearchProgram/2025_FundedResearchProgram/2025_RFP_Materials/OSMP_FundedResearchProgramProposalFormatDetails2025_wcomments.docx?d=wc4dfb7304140456b9baf870149e951ee&amp;csf=1&amp;web=1&amp;e=UMANk3" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jeffco.us/3339/Research" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bouldercounty.gov/open-space/education/research/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bouldercolorado.gov/services/osmp-funded-research-program" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://longmontcolorado.gov/parks-and-natural-resources/open-space/ecosystem-management-funded-research-program/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bouldercolorado.gov/media/16242/download?inline" TargetMode="External" Id="Rd6829203ef694735" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -3901,97 +4152,98 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="04943c3b-4176-4696-9cc5-34a6f8347d11" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="2aeb03d2-85da-4d22-a920-5402fc2f49b9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AD406B7FFFA94642818FFD1BCB010A32" ma:contentTypeVersion="201" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="efdc8e6f89f845ca9e4132b0dac8fdc7">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8c8475bd-aeaf-4dec-8a64-ff96b085fe4e" xmlns:ns3="23cc69d5-b560-4a4e-9e8b-f5998d9ed68c" xmlns:ns4="2aeb03d2-85da-4d22-a920-5402fc2f49b9" xmlns:ns5="04943c3b-4176-4696-9cc5-34a6f8347d11" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8f678c0098c91c8cca9b44c7ba94ce7a" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AD406B7FFFA94642818FFD1BCB010A32" ma:contentTypeVersion="202" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b6d6d6f22677649352ff95eb1ede4a1d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8c8475bd-aeaf-4dec-8a64-ff96b085fe4e" xmlns:ns3="23cc69d5-b560-4a4e-9e8b-f5998d9ed68c" xmlns:ns4="2aeb03d2-85da-4d22-a920-5402fc2f49b9" xmlns:ns5="04943c3b-4176-4696-9cc5-34a6f8347d11" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6877612780673d781b2799a14dc6f6db" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
     <xsd:import namespace="8c8475bd-aeaf-4dec-8a64-ff96b085fe4e"/>
     <xsd:import namespace="23cc69d5-b560-4a4e-9e8b-f5998d9ed68c"/>
     <xsd:import namespace="2aeb03d2-85da-4d22-a920-5402fc2f49b9"/>
     <xsd:import namespace="04943c3b-4176-4696-9cc5-34a6f8347d11"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns4:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns5:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8c8475bd-aeaf-4dec-8a64-ff96b085fe4e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -4052,50 +4304,55 @@
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2aeb03d2-85da-4d22-a920-5402fc2f49b9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaLengthInSeconds" ma:index="18" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f5132f65-3f16-4ed5-aad9-a4730df2f0fb" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="24" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="04943c3b-4176-4696-9cc5-34a6f8347d11" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="21" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{d04604fd-d53c-4fcc-8980-3af83e6bf279}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="04943c3b-4176-4696-9cc5-34a6f8347d11">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
@@ -4172,109 +4429,102 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1AA1614A-2991-48F9-BA4E-9A186B7E0411}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F7B18A68-E781-423C-922B-A9CFC7CCD3F4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="04943c3b-4176-4696-9cc5-34a6f8347d11"/>
     <ds:schemaRef ds:uri="2aeb03d2-85da-4d22-a920-5402fc2f49b9"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1AA1614A-2991-48F9-BA4E-9A186B7E0411}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A01A7D33-C518-45B5-9B91-7DF145F0DE2A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2396881B-C612-44FA-9CBC-A8FF8606B470}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8c8475bd-aeaf-4dec-8a64-ff96b085fe4e"/>
     <ds:schemaRef ds:uri="23cc69d5-b560-4a4e-9e8b-f5998d9ed68c"/>
     <ds:schemaRef ds:uri="2aeb03d2-85da-4d22-a920-5402fc2f49b9"/>
     <ds:schemaRef ds:uri="04943c3b-4176-4696-9cc5-34a6f8347d11"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal.dotm</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anacker, Brian</dc:creator>
-  <cp:keywords/>
+  <keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
+  <lastModifiedBy>Hill, Sarah</lastModifiedBy>
+  <revision>27</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100AD406B7FFFA94642818FFD1BCB010A32</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>