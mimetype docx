--- v1 (2025-11-02)
+++ v2 (2026-01-22)
@@ -7,1785 +7,1704 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="008528ED" w:rsidR="00E32C2C" w:rsidP="00E71002" w:rsidRDefault="00E32C2C" w14:paraId="66859215" w14:textId="624706EA">
+    <w:p w14:paraId="66859215" w14:textId="624706EA" w:rsidR="00E32C2C" w:rsidRPr="008528ED" w:rsidRDefault="00E32C2C" w:rsidP="00E71002">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008528ED">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>Interagency Proposal Instructions</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00302F83" w:rsidP="00E32C2C" w:rsidRDefault="00C3426D" w14:paraId="7D8867C6" w14:textId="5BA52E6C">
+    <w:p w14:paraId="7D8867C6" w14:textId="5BA52E6C" w:rsidR="00302F83" w:rsidRDefault="00C3426D" w:rsidP="00E32C2C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2AF4DAEF">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>City of Boulder Open Space and Mountain Parks</w:t>
       </w:r>
-      <w:r w:rsidRPr="2AF4DAEF" w:rsidR="00C80C5F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C80C5F" w:rsidRPr="2AF4DAEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (OSMP)</w:t>
       </w:r>
       <w:r w:rsidRPr="2AF4DAEF">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="2AF4DAEF" w:rsidR="00E32C2C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E32C2C" w:rsidRPr="2AF4DAEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Boulder County Parks and Open Space (BCPOS)</w:t>
       </w:r>
-      <w:r w:rsidRPr="2AF4DAEF" w:rsidR="0083273E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0083273E" w:rsidRPr="2AF4DAEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="008B537C" w:rsidR="006E506B">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="006E506B" w:rsidRPr="008B537C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">City of Longmont </w:t>
+      </w:r>
+      <w:r w:rsidR="008B537C" w:rsidRPr="008B537C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Parks, Recreation &amp; Open Space </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13110">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(COL)</w:t>
+      </w:r>
+      <w:r w:rsidR="0046675E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C45800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008B537C" w:rsidR="008B537C">
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B430DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="0083273E" w:rsidRPr="2AF4DAEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jefferson County</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2AF4DAEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B430DE">
-[...13 lines deleted...]
-        <w:t>Jefferson County</w:t>
+      <w:r w:rsidR="00AC2839">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Parks and </w:t>
       </w:r>
       <w:r w:rsidRPr="2AF4DAEF">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Open Space</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32C2C" w:rsidRPr="2AF4DAEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00A257FE" w:rsidRPr="2AF4DAEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(JC</w:t>
+      </w:r>
       <w:r w:rsidR="00AC2839">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00A257FE" w:rsidRPr="2AF4DAEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OS)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32C2C" w:rsidRPr="2AF4DAEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> are happy to announce that they will once again consider proposals for research that cross their land boundaries.</w:t>
+      </w:r>
+      <w:r w:rsidR="005C65B8" w:rsidRPr="2AF4DAEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E7BAD39" w14:textId="2274070A" w:rsidR="00E32C2C" w:rsidRPr="00E32C2C" w:rsidRDefault="00E32C2C" w:rsidP="00E32C2C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="2AF4DAEF">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Working with multiple agencies can have many benefits: researchers can use a broader spatial extent, access a greater number of environments and environmental histories, use a larger breadth of methods, and attract more funding. These benefits </w:t>
+      </w:r>
+      <w:r w:rsidR="003D75FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>can produce</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2AF4DAEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> higher quality research studies and help facilitate inter-agency collaboration</w:t>
+      </w:r>
+      <w:r w:rsidR="005A71D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2AF4DAEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="2AF4DAEF" w:rsidR="00A257FE">
-[...56 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E32C2C" w:rsidR="00E32C2C" w:rsidP="00E32C2C" w:rsidRDefault="00E32C2C" w14:paraId="4E7BAD39" w14:textId="2274070A">
-[...46 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="79B14E40" w14:textId="1D4DBFAF" w:rsidR="00E32C2C" w:rsidRPr="00E32C2C" w:rsidRDefault="00E32C2C" w:rsidP="008544E8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E32C2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Here are the custom procedures for applying to work with </w:t>
+      </w:r>
+      <w:r w:rsidR="006F6DFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>more than one</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E32C2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> land agency:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E32C2C" w:rsidR="00E32C2C" w:rsidP="008544E8" w:rsidRDefault="00E32C2C" w14:paraId="79B14E40" w14:textId="1D4DBFAF">
-[...33 lines deleted...]
-    <w:p w:rsidRPr="00E47220" w:rsidR="004E4A6F" w:rsidP="00A81BD2" w:rsidRDefault="00E32C2C" w14:paraId="22FEF215" w14:textId="713A93D6">
+    <w:p w14:paraId="22FEF215" w14:textId="713A93D6" w:rsidR="004E4A6F" w:rsidRPr="00E47220" w:rsidRDefault="00E32C2C" w:rsidP="00A81BD2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0778EF86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>You should create just </w:t>
       </w:r>
-      <w:r w:rsidRPr="0778EF86" w:rsidR="00E32C2C">
-[...3 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="0778EF86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>one proposal</w:t>
       </w:r>
-      <w:r w:rsidRPr="0778EF86" w:rsidR="00E32C2C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0778EF86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> for submission to multiple agencies. Follow the</w:t>
       </w:r>
-      <w:r w:rsidRPr="0778EF86" w:rsidR="005D329A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005D329A" w:rsidRPr="0778EF86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="Rd6829203ef694735">
-        <w:r w:rsidRPr="0778EF86" w:rsidR="005D329A">
+      <w:hyperlink r:id="rId10">
+        <w:r w:rsidR="005D329A" w:rsidRPr="0778EF86">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>propos</w:t>
-[...17 lines deleted...]
-          <w:t>l format guidelines for OSMP</w:t>
+          <w:t>proposal format guidelines for OSMP</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0778EF86" w:rsidR="009C0DB2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C0DB2" w:rsidRPr="0778EF86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0778EF86" w:rsidR="005D329A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005D329A" w:rsidRPr="0778EF86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="0778EF86" w:rsidR="00EA06E6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00EA06E6" w:rsidRPr="0778EF86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>However, you may need to provide multiple budget worksheets to meet agency-spec</w:t>
       </w:r>
-      <w:r w:rsidRPr="0778EF86" w:rsidR="00064A29">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00064A29" w:rsidRPr="0778EF86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ific requirements</w:t>
       </w:r>
-      <w:r w:rsidRPr="0778EF86" w:rsidR="009C0181">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C0181" w:rsidRPr="0778EF86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0778EF86" w:rsidR="00064A29">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00064A29" w:rsidRPr="0778EF86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  Please check with </w:t>
+      </w:r>
+      <w:r w:rsidR="006C1CB5" w:rsidRPr="0778EF86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the agency</w:t>
       </w:r>
-      <w:r w:rsidRPr="0778EF86" w:rsidR="00064A29">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00064A29" w:rsidRPr="0778EF86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> staff listed in item </w:t>
       </w:r>
-      <w:r w:rsidRPr="0778EF86" w:rsidR="00BE26BF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00BE26BF" w:rsidRPr="0778EF86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="0778EF86" w:rsidR="00064A29">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00064A29" w:rsidRPr="0778EF86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> below.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7362B" w:rsidP="00A81BD2" w:rsidRDefault="00F7362B" w14:paraId="09703CF3" w14:textId="77777777">
+    <w:p w14:paraId="09703CF3" w14:textId="77777777" w:rsidR="00F7362B" w:rsidRDefault="00F7362B" w:rsidP="00A81BD2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="002F3465" w:rsidR="00E32C2C" w:rsidP="00A81BD2" w:rsidRDefault="00E32C2C" w14:paraId="7338797C" w14:textId="32768F9D">
+    <w:p w14:paraId="7338797C" w14:textId="32768F9D" w:rsidR="00E32C2C" w:rsidRPr="002F3465" w:rsidRDefault="00E32C2C" w:rsidP="00A81BD2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F3465">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In addition to the regular proposal, please add to the top of your proposal an </w:t>
       </w:r>
       <w:r w:rsidRPr="002F3465">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>additional cover page</w:t>
       </w:r>
       <w:r w:rsidRPr="002F3465">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (one page maximum) formatted as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E32C2C" w:rsidR="00E32C2C" w:rsidP="004F281E" w:rsidRDefault="00E32C2C" w14:paraId="58998C6C" w14:textId="77777777">
+    <w:p w14:paraId="58998C6C" w14:textId="77777777" w:rsidR="00E32C2C" w:rsidRPr="00E32C2C" w:rsidRDefault="00E32C2C" w:rsidP="004F281E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F281E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Title</w:t>
       </w:r>
       <w:r w:rsidRPr="00E32C2C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Your title </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E32C2C" w:rsidR="00E32C2C" w:rsidP="00430D52" w:rsidRDefault="00E32C2C" w14:paraId="15ACE72D" w14:textId="413A8B22">
+    <w:p w14:paraId="15ACE72D" w14:textId="413A8B22" w:rsidR="00E32C2C" w:rsidRPr="00E32C2C" w:rsidRDefault="00E32C2C" w:rsidP="00430D52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F281E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Subtitle:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E32C2C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> "This proposal is for consideration by X</w:t>
       </w:r>
       <w:r w:rsidR="00C45E0E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Y,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E32C2C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00C45E0E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Z</w:t>
       </w:r>
       <w:r w:rsidRPr="00E32C2C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> agencies," where X</w:t>
       </w:r>
       <w:r w:rsidR="00C45E0E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E32C2C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Y</w:t>
       </w:r>
       <w:r w:rsidR="00C45E0E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, and Z are </w:t>
       </w:r>
       <w:r w:rsidR="00E138C9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00E32C2C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">two (or </w:t>
       </w:r>
       <w:r w:rsidR="00985A67">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>more</w:t>
       </w:r>
       <w:r w:rsidRPr="00E32C2C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) agencies involved.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E32C2C" w:rsidR="00E32C2C" w:rsidP="00430D52" w:rsidRDefault="00E32C2C" w14:paraId="252D57F4" w14:textId="75E5A840">
+    <w:p w14:paraId="252D57F4" w14:textId="75E5A840" w:rsidR="00E32C2C" w:rsidRPr="00E32C2C" w:rsidRDefault="00E32C2C" w:rsidP="00430D52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3024D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Section 1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F524B2" w:rsidR="00F524B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F524B2" w:rsidRPr="00F524B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E32C2C" w:rsidR="00F524B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F524B2" w:rsidRPr="00E32C2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Importance</w:t>
       </w:r>
       <w:r w:rsidRPr="00E32C2C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the proposed research to each agency</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E32C2C" w:rsidR="00E32C2C" w:rsidP="00430D52" w:rsidRDefault="00E32C2C" w14:paraId="579404BB" w14:textId="77777777">
+    <w:p w14:paraId="579404BB" w14:textId="77777777" w:rsidR="00E32C2C" w:rsidRPr="00E32C2C" w:rsidRDefault="00E32C2C" w:rsidP="00430D52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E32C2C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Briefly describe the unique benefits that each agency will receive.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E32C2C" w:rsidR="00E32C2C" w:rsidP="00430D52" w:rsidRDefault="00E32C2C" w14:paraId="648652A6" w14:textId="77777777">
+    <w:p w14:paraId="648652A6" w14:textId="77777777" w:rsidR="00E32C2C" w:rsidRPr="00E32C2C" w:rsidRDefault="00E32C2C" w:rsidP="00430D52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E32C2C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
       <w:r w:rsidRPr="00B3024D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Section 2</w:t>
       </w:r>
       <w:r w:rsidRPr="00E32C2C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Correspondence history</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002D4FC9" w:rsidR="00E32C2C" w:rsidP="00430D52" w:rsidRDefault="00E32C2C" w14:paraId="101D868B" w14:textId="77777777">
+    <w:p w14:paraId="101D868B" w14:textId="77777777" w:rsidR="00E32C2C" w:rsidRPr="002D4FC9" w:rsidRDefault="00E32C2C" w:rsidP="00430D52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D4FC9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Briefly describe the history of your correspondence with staff about the research.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002D4FC9" w:rsidR="00381A9D" w:rsidP="006C4101" w:rsidRDefault="00E32C2C" w14:paraId="2F64C5A7" w14:textId="27F11D23">
+    <w:p w14:paraId="2F64C5A7" w14:textId="27F11D23" w:rsidR="00381A9D" w:rsidRPr="002D4FC9" w:rsidRDefault="00E32C2C" w:rsidP="006C4101">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D4FC9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Section 3</w:t>
       </w:r>
       <w:r w:rsidRPr="002D4FC9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Funding request</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4FC9" w:rsidR="003D07B3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003D07B3" w:rsidRPr="002D4FC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4FC9" w:rsidR="00C30D23">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C30D23" w:rsidRPr="002D4FC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please check</w:t>
       </w:r>
       <w:r w:rsidR="00210888">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003405ED">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">individual </w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4FC9" w:rsidR="00C30D23">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C30D23" w:rsidRPr="002D4FC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>agency RFPs</w:t>
       </w:r>
       <w:r w:rsidR="007549AD">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> as</w:t>
       </w:r>
       <w:r w:rsidR="00E351B9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> maximum funding amount may differ</w:t>
       </w:r>
       <w:r w:rsidR="00FA0855">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E351B9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002D4FC9" w:rsidR="00E32C2C" w:rsidP="008163AB" w:rsidRDefault="00AB11E4" w14:paraId="60F8DB6D" w14:textId="33881248">
+    <w:p w14:paraId="60F8DB6D" w14:textId="33881248" w:rsidR="00E32C2C" w:rsidRPr="002D4FC9" w:rsidRDefault="00AB11E4" w:rsidP="008163AB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D4FC9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4FC9" w:rsidR="00E32C2C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E32C2C" w:rsidRPr="002D4FC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pecify how much you are requesting from each agency in a </w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4FC9" w:rsidR="00FA0855">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00FA0855" w:rsidRPr="002D4FC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>bullet</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4FC9" w:rsidR="00E32C2C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E32C2C" w:rsidRPr="002D4FC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> list</w:t>
       </w:r>
       <w:r w:rsidRPr="002D4FC9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, for example:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002D4FC9" w:rsidR="00E32C2C" w:rsidP="00430D52" w:rsidRDefault="00E32C2C" w14:paraId="4606BED0" w14:textId="77777777">
+    <w:p w14:paraId="4606BED0" w14:textId="77777777" w:rsidR="00E32C2C" w:rsidRPr="002D4FC9" w:rsidRDefault="00E32C2C" w:rsidP="00430D52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D4FC9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>OSMP: $8,500</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002D4FC9" w:rsidR="00E32C2C" w:rsidP="00430D52" w:rsidRDefault="00E32C2C" w14:paraId="0BD2FFB7" w14:textId="77777777">
+    <w:p w14:paraId="0BD2FFB7" w14:textId="77777777" w:rsidR="00E32C2C" w:rsidRPr="002D4FC9" w:rsidRDefault="00E32C2C" w:rsidP="00430D52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D4FC9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BCPOS: $5,100</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E32C2C" w:rsidR="00381A9D" w:rsidP="00430D52" w:rsidRDefault="00381A9D" w14:paraId="1C0AFBE8" w14:textId="1F134EE6">
+    <w:p w14:paraId="1C0AFBE8" w14:textId="1F134EE6" w:rsidR="00381A9D" w:rsidRPr="00E32C2C" w:rsidRDefault="00381A9D" w:rsidP="00430D52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Jefferson County:</w:t>
       </w:r>
       <w:r w:rsidR="00AB11E4">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BB16E8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>None</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00961FF5" w:rsidP="755D506E" w:rsidRDefault="00E243CA" w14:paraId="250ED81A" w14:textId="4716EF0C">
+    <w:p w14:paraId="250ED81A" w14:textId="4716EF0C" w:rsidR="00961FF5" w:rsidRDefault="00E243CA" w:rsidP="755D506E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Proposal</w:t>
       </w:r>
       <w:r w:rsidR="00AF7BAD">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> d</w:t>
       </w:r>
-      <w:r w:rsidRPr="755D506E" w:rsidR="00671C1F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00671C1F" w:rsidRPr="755D506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eadlines are listed below</w:t>
       </w:r>
-      <w:r w:rsidRPr="755D506E" w:rsidR="001B5CC6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="001B5CC6" w:rsidRPr="755D506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F71C4" w:rsidP="00430D52" w:rsidRDefault="00E0061E" w14:paraId="08871DFF" w14:textId="545E6526">
+    <w:p w14:paraId="08871DFF" w14:textId="545E6526" w:rsidR="008F71C4" w:rsidRDefault="00E0061E" w:rsidP="00430D52">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:hyperlink w:history="1" r:id="rId11">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00774773">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>OSM</w:t>
         </w:r>
-        <w:r w:rsidRPr="00774773" w:rsidR="0093403C">
+        <w:r w:rsidR="0093403C" w:rsidRPr="00774773">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>P</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0093403C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="004F469F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1/</w:t>
       </w:r>
       <w:r w:rsidR="000E3CF4">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>09</w:t>
       </w:r>
       <w:r w:rsidR="004F469F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
       <w:r w:rsidR="00087CD9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E1DA5" w:rsidRDefault="00E0061E" w14:paraId="13437C73" w14:textId="395BED65">
+    <w:p w14:paraId="13437C73" w14:textId="395BED65" w:rsidR="001E1DA5" w:rsidRDefault="00E0061E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:hyperlink w:history="1" r:id="rId12">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="004A1AFF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>BCPOS</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="001E1DA5" w:rsidR="0093403C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0093403C" w:rsidRPr="001E1DA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="001E1DA5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1/</w:t>
       </w:r>
       <w:r w:rsidR="000E3CF4">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>09</w:t>
       </w:r>
       <w:r w:rsidR="004F469F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
       <w:r w:rsidR="00087CD9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E0061E" w:rsidP="1F7FA37D" w:rsidRDefault="005B724C" w14:paraId="7BED1D0C" w14:textId="00BB7484">
+    <w:p w14:paraId="7BED1D0C" w14:textId="00BB7484" w:rsidR="00E0061E" w:rsidRDefault="00E0061E" w:rsidP="1F7FA37D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-        <w:r w:rsidRPr="005B724C" w:rsidR="00E0061E">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="005B724C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>JC</w:t>
+          <w:t>JCOS</w:t>
         </w:r>
-        <w:r w:rsidRPr="005B724C" w:rsidR="00E0061E">
+        <w:r w:rsidR="004F469F" w:rsidRPr="005B724C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>:</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="1F7FA37D" w:rsidR="004F469F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004F469F" w:rsidRPr="1F7FA37D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="1F7FA37D" w:rsidR="1A93ED19">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="1A93ED19" w:rsidRPr="1F7FA37D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1/</w:t>
       </w:r>
       <w:r w:rsidR="000E3CF4">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>09</w:t>
       </w:r>
-      <w:r w:rsidRPr="1F7FA37D" w:rsidR="1A93ED19">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="1A93ED19" w:rsidRPr="1F7FA37D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
       <w:r w:rsidR="00087CD9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1DA5" w:rsidR="00087CD9" w:rsidP="1F7FA37D" w:rsidRDefault="00AD6267" w14:paraId="091ACBE8" w14:textId="2066E1AA">
+    <w:p w14:paraId="091ACBE8" w14:textId="2066E1AA" w:rsidR="00087CD9" w:rsidRPr="001E1DA5" w:rsidRDefault="00CF31A4" w:rsidP="1F7FA37D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-        <w:r w:rsidRPr="00AD6267" w:rsidR="00CF31A4">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00AD6267">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>COL</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00087CD9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: 1/09/2026</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00802258" w:rsidR="007A2916" w:rsidP="007A2916" w:rsidRDefault="007A2916" w14:paraId="21FA4A00" w14:textId="77777777">
+    <w:p w14:paraId="21FA4A00" w14:textId="77777777" w:rsidR="007A2916" w:rsidRPr="00802258" w:rsidRDefault="007A2916" w:rsidP="007A2916">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001237F2" w:rsidP="001237F2" w:rsidRDefault="00E32C2C" w14:paraId="67C714CA" w14:textId="77777777">
+    <w:p w14:paraId="67C714CA" w14:textId="77777777" w:rsidR="001237F2" w:rsidRDefault="00E32C2C" w:rsidP="001237F2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B5CC6">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>When you submit your proposal, be sure to cc the appropriate parties from each agency. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001237F2" w:rsidP="001E375B" w:rsidRDefault="00E32C2C" w14:paraId="6A5F237E" w14:textId="0D71EEBA">
+    <w:p w14:paraId="6A5F237E" w14:textId="0D71EEBA" w:rsidR="001237F2" w:rsidRDefault="00E32C2C" w:rsidP="001E375B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001237F2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>OSMP: </w:t>
       </w:r>
-      <w:r w:rsidRPr="001237F2" w:rsidR="00192AF4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00192AF4" w:rsidRPr="001237F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ann Lezberg, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E9253B" w:rsidR="001237F2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="001237F2" w:rsidRPr="00E9253B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>osmpfrp@bouldercolorado.gov</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001237F2" w:rsidP="001E375B" w:rsidRDefault="00E32C2C" w14:paraId="5A4362F9" w14:textId="6E771632">
+    <w:p w14:paraId="5A4362F9" w14:textId="6E771632" w:rsidR="001237F2" w:rsidRDefault="00E32C2C" w:rsidP="001E375B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001237F2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BCPOS: </w:t>
       </w:r>
-      <w:r w:rsidRPr="001237F2" w:rsidR="00341809">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00341809" w:rsidRPr="001237F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Raquel Robles</w:t>
       </w:r>
-      <w:r w:rsidRPr="001237F2" w:rsidR="00192AF4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00192AF4" w:rsidRPr="001237F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E9253B" w:rsidR="001237F2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="001237F2" w:rsidRPr="00E9253B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rrobles@bouldercounty.org</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001237F2" w:rsidP="001E375B" w:rsidRDefault="007F0462" w14:paraId="3849EF4D" w14:textId="4EFAC710">
+    <w:p w14:paraId="3849EF4D" w14:textId="7C59AC4C" w:rsidR="001237F2" w:rsidRDefault="007F0462" w:rsidP="001E375B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001237F2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>JCOS:</w:t>
       </w:r>
-      <w:r w:rsidRPr="001237F2" w:rsidR="005C5BFE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005C5BFE" w:rsidRPr="001237F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0078668C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Julie Ligg</w:t>
       </w:r>
       <w:r w:rsidR="009567F5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ett</w:t>
       </w:r>
-      <w:r w:rsidRPr="001237F2" w:rsidR="00D23F48">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D23F48" w:rsidRPr="001237F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00A5507E">
-[...22 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="00050A96" w:rsidRPr="00050A96">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="x-none"/>
+          </w:rPr>
+          <w:t>osgrants@jeffco.us</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="009E60A1" w:rsidP="001E375B" w:rsidRDefault="00283679" w14:paraId="1BF1DABD" w14:textId="252DA6A9">
+    <w:p w14:paraId="1BF1DABD" w14:textId="252DA6A9" w:rsidR="009E60A1" w:rsidRDefault="00283679" w:rsidP="001E375B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>COL</w:t>
       </w:r>
       <w:r w:rsidR="009E60A1">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: Jes Gray, </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E02A7" w:rsidR="002E02A7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="002E02A7" w:rsidRPr="002E02A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>jes.gray@longmontcolorado.gov</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F0092E" w:rsidR="009D2850" w:rsidP="00CB79DB" w:rsidRDefault="00E32C2C" w14:paraId="2C6F14F5" w14:textId="5B469805">
+    <w:p w14:paraId="2C6F14F5" w14:textId="5B469805" w:rsidR="009D2850" w:rsidRPr="00F0092E" w:rsidRDefault="00E32C2C" w:rsidP="00CB79DB">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0092E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="00F0092E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> Interagency grants are not guaranteed to be funded by all agencies; proposals should still be stand</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F0092E" w:rsidR="00D65B5D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D65B5D" w:rsidRPr="00F0092E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00F0092E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">alone projects if one agency decides not to fund it. </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidRPr="00F0092E" w:rsidR="009D2850" w:rsidSect="002C0907">
-[...1 lines deleted...]
-      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
+    <w:sectPr w:rsidR="009D2850" w:rsidRPr="00F0092E" w:rsidSect="002C0907">
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="432" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E3445E" w:rsidP="004434A5" w:rsidRDefault="00E3445E" w14:paraId="3C9FFF62" w14:textId="77777777">
+    <w:p w14:paraId="7ACF5F98" w14:textId="77777777" w:rsidR="003B0FE8" w:rsidRDefault="003B0FE8" w:rsidP="004434A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E3445E" w:rsidP="004434A5" w:rsidRDefault="00E3445E" w14:paraId="022BF5B0" w14:textId="77777777">
+    <w:p w14:paraId="2E72795C" w14:textId="77777777" w:rsidR="003B0FE8" w:rsidRDefault="003B0FE8" w:rsidP="004434A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00E3445E" w:rsidRDefault="00E3445E" w14:paraId="36E9EAAD" w14:textId="77777777">
+    <w:p w14:paraId="261E6E34" w14:textId="77777777" w:rsidR="003B0FE8" w:rsidRDefault="003B0FE8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
+    <w:altName w:val="Times New Roman PSMT"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -1803,254 +1722,260 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="00843B06" w:rsidRDefault="00C80D21" w14:paraId="47DD1044" w14:textId="49FDA59E">
+  <w:p w14:paraId="47DD1044" w14:textId="7BACED18" w:rsidR="00843B06" w:rsidRDefault="00C80D21">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Front Range </w:t>
     </w:r>
     <w:r w:rsidR="00600697">
       <w:t>Funded Research</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00600697">
       <w:t xml:space="preserve">Interagency Proposal Guidelines </w:t>
     </w:r>
+    <w:r w:rsidR="00504AA8">
+      <w:t>01/06/</w:t>
+    </w:r>
     <w:r w:rsidR="00E04643">
-      <w:t>10/26/2025</w:t>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="00504AA8">
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00600697">
       <w:t xml:space="preserve"> version</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00843B06" w:rsidRDefault="00843B06" w14:paraId="42526D96" w14:textId="77777777">
+  <w:p w14:paraId="42526D96" w14:textId="77777777" w:rsidR="00843B06" w:rsidRDefault="00843B06">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E3445E" w:rsidP="004434A5" w:rsidRDefault="00E3445E" w14:paraId="11576E35" w14:textId="77777777">
+    <w:p w14:paraId="660AE161" w14:textId="77777777" w:rsidR="003B0FE8" w:rsidRDefault="003B0FE8" w:rsidP="004434A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E3445E" w:rsidP="004434A5" w:rsidRDefault="00E3445E" w14:paraId="3E90E175" w14:textId="77777777">
+    <w:p w14:paraId="0D1CB142" w14:textId="77777777" w:rsidR="003B0FE8" w:rsidRDefault="003B0FE8" w:rsidP="004434A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00E3445E" w:rsidRDefault="00E3445E" w14:paraId="6DD21606" w14:textId="77777777">
+    <w:p w14:paraId="540B3DAB" w14:textId="77777777" w:rsidR="003B0FE8" w:rsidRDefault="003B0FE8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0AFD384E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="910877AC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="109E2598"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BA9ED044"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
@@ -2223,63 +2148,63 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FA91161"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFD6788C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
@@ -2339,690 +2264,693 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4736387A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9BF478CC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56647EFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DE54EA0C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B5E7A40"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="545499EC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C2C0962"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3D0A0AE0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="799884192">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="220988797">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1418476318">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="442773407">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1149132626">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="13772527">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1305891655">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1754428233">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E32C2C"/>
     <w:rsid w:val="00020F89"/>
     <w:rsid w:val="0004539B"/>
+    <w:rsid w:val="00050A96"/>
     <w:rsid w:val="00051CDB"/>
     <w:rsid w:val="00061D56"/>
     <w:rsid w:val="00064A29"/>
     <w:rsid w:val="00087CD9"/>
     <w:rsid w:val="000D6159"/>
     <w:rsid w:val="000E3CF4"/>
     <w:rsid w:val="000F08E4"/>
     <w:rsid w:val="000F35A7"/>
     <w:rsid w:val="001054A2"/>
     <w:rsid w:val="001237F2"/>
     <w:rsid w:val="00124AAB"/>
     <w:rsid w:val="00127031"/>
     <w:rsid w:val="001275CD"/>
     <w:rsid w:val="001648A8"/>
     <w:rsid w:val="00181785"/>
     <w:rsid w:val="00192AF4"/>
     <w:rsid w:val="00196A21"/>
     <w:rsid w:val="001A0A26"/>
     <w:rsid w:val="001B5CC6"/>
     <w:rsid w:val="001E1DA5"/>
     <w:rsid w:val="001E36B1"/>
     <w:rsid w:val="001E375B"/>
     <w:rsid w:val="00210888"/>
     <w:rsid w:val="00223393"/>
     <w:rsid w:val="00231EB5"/>
     <w:rsid w:val="002636A7"/>
     <w:rsid w:val="002650FD"/>
     <w:rsid w:val="00266848"/>
     <w:rsid w:val="00272479"/>
     <w:rsid w:val="00283679"/>
     <w:rsid w:val="002913B4"/>
     <w:rsid w:val="002B23EB"/>
     <w:rsid w:val="002C0907"/>
     <w:rsid w:val="002C494D"/>
     <w:rsid w:val="002C4A21"/>
     <w:rsid w:val="002D4FC9"/>
     <w:rsid w:val="002E02A7"/>
     <w:rsid w:val="002F2BF2"/>
     <w:rsid w:val="002F3465"/>
     <w:rsid w:val="00302017"/>
     <w:rsid w:val="00302F83"/>
     <w:rsid w:val="003142D4"/>
     <w:rsid w:val="003152A3"/>
     <w:rsid w:val="00324BA5"/>
     <w:rsid w:val="003405ED"/>
     <w:rsid w:val="00341809"/>
     <w:rsid w:val="00347573"/>
     <w:rsid w:val="003650A5"/>
     <w:rsid w:val="00381A9D"/>
     <w:rsid w:val="003A71D4"/>
+    <w:rsid w:val="003B0FE8"/>
     <w:rsid w:val="003C0B95"/>
     <w:rsid w:val="003D07B3"/>
     <w:rsid w:val="003D75FB"/>
     <w:rsid w:val="003E4B2B"/>
     <w:rsid w:val="00430D52"/>
     <w:rsid w:val="00435A3F"/>
     <w:rsid w:val="004434A5"/>
     <w:rsid w:val="00444806"/>
     <w:rsid w:val="0045057B"/>
     <w:rsid w:val="0046675E"/>
     <w:rsid w:val="004A1AFF"/>
     <w:rsid w:val="004E4A6F"/>
     <w:rsid w:val="004F281E"/>
     <w:rsid w:val="004F469F"/>
+    <w:rsid w:val="00504AA8"/>
     <w:rsid w:val="005205F1"/>
     <w:rsid w:val="00522971"/>
     <w:rsid w:val="00530CDF"/>
     <w:rsid w:val="00535072"/>
     <w:rsid w:val="00571B38"/>
     <w:rsid w:val="00596745"/>
     <w:rsid w:val="005A2525"/>
     <w:rsid w:val="005A71D6"/>
     <w:rsid w:val="005B724C"/>
     <w:rsid w:val="005C5BFE"/>
     <w:rsid w:val="005C65B8"/>
     <w:rsid w:val="005C6C4C"/>
     <w:rsid w:val="005D329A"/>
+    <w:rsid w:val="005E39E7"/>
     <w:rsid w:val="00600697"/>
     <w:rsid w:val="006264D7"/>
     <w:rsid w:val="0063119A"/>
     <w:rsid w:val="0063358C"/>
     <w:rsid w:val="006661AD"/>
     <w:rsid w:val="00671C1F"/>
     <w:rsid w:val="00687430"/>
     <w:rsid w:val="006B1072"/>
     <w:rsid w:val="006C1CB5"/>
     <w:rsid w:val="006C4101"/>
     <w:rsid w:val="006E28CC"/>
     <w:rsid w:val="006E506B"/>
     <w:rsid w:val="006F1B2B"/>
     <w:rsid w:val="006F6DFA"/>
     <w:rsid w:val="00711BA1"/>
     <w:rsid w:val="0074114D"/>
     <w:rsid w:val="007549AD"/>
     <w:rsid w:val="007572D1"/>
     <w:rsid w:val="00774773"/>
     <w:rsid w:val="007747E5"/>
     <w:rsid w:val="0078668C"/>
     <w:rsid w:val="00792E1C"/>
     <w:rsid w:val="00794CA7"/>
     <w:rsid w:val="0079676D"/>
     <w:rsid w:val="007A10EC"/>
@@ -3099,50 +3027,51 @@
     <w:rsid w:val="00C45800"/>
     <w:rsid w:val="00C45E0E"/>
     <w:rsid w:val="00C5499D"/>
     <w:rsid w:val="00C656EF"/>
     <w:rsid w:val="00C802DA"/>
     <w:rsid w:val="00C80C5F"/>
     <w:rsid w:val="00C80D21"/>
     <w:rsid w:val="00CB6F77"/>
     <w:rsid w:val="00CB79DB"/>
     <w:rsid w:val="00CF31A4"/>
     <w:rsid w:val="00CF4021"/>
     <w:rsid w:val="00CF6B1F"/>
     <w:rsid w:val="00D06F7F"/>
     <w:rsid w:val="00D17EFD"/>
     <w:rsid w:val="00D23F48"/>
     <w:rsid w:val="00D313BE"/>
     <w:rsid w:val="00D3462D"/>
     <w:rsid w:val="00D65B5D"/>
     <w:rsid w:val="00D85F5F"/>
     <w:rsid w:val="00D86515"/>
     <w:rsid w:val="00D971F0"/>
     <w:rsid w:val="00DA54DA"/>
     <w:rsid w:val="00DC2B51"/>
     <w:rsid w:val="00DD037C"/>
     <w:rsid w:val="00DD0449"/>
+    <w:rsid w:val="00DE01C0"/>
     <w:rsid w:val="00DE0DA6"/>
     <w:rsid w:val="00E0061E"/>
     <w:rsid w:val="00E011AF"/>
     <w:rsid w:val="00E04643"/>
     <w:rsid w:val="00E13110"/>
     <w:rsid w:val="00E138C9"/>
     <w:rsid w:val="00E14018"/>
     <w:rsid w:val="00E2028A"/>
     <w:rsid w:val="00E243CA"/>
     <w:rsid w:val="00E32C2C"/>
     <w:rsid w:val="00E3445E"/>
     <w:rsid w:val="00E351B9"/>
     <w:rsid w:val="00E47220"/>
     <w:rsid w:val="00E4729D"/>
     <w:rsid w:val="00E65B92"/>
     <w:rsid w:val="00E71002"/>
     <w:rsid w:val="00E9253B"/>
     <w:rsid w:val="00EA06E6"/>
     <w:rsid w:val="00EC5FF0"/>
     <w:rsid w:val="00F0073D"/>
     <w:rsid w:val="00F0092E"/>
     <w:rsid w:val="00F024CB"/>
     <w:rsid w:val="00F524B2"/>
     <w:rsid w:val="00F7362B"/>
     <w:rsid w:val="00F86536"/>
@@ -3177,129 +3106,129 @@
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="24590462"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{318D79A5-C45F-4E35-B349-B5FFF0251F67}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3455,52 +3384,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -3567,329 +3496,329 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003152A3"/>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E32C2C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00E32C2C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E32C2C"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="000F35A7"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="000F35A7"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00687430"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00302F83"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004434A5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004434A5"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004434A5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004434A5"/>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007572D1"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007572D1"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007572D1"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007572D1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007572D1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E243CA"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1430542767">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jeffco.us/3339/Research" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bouldercounty.gov/open-space/education/research/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bouldercolorado.gov/services/osmp-funded-research-program" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://longmontcolorado.gov/parks-and-natural-resources/open-space/ecosystem-management-funded-research-program/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bouldercolorado.gov/media/16242/download?inline" TargetMode="External" Id="Rd6829203ef694735" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jeffco.us/3339/Research" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bouldercounty.gov/open-space/education/research/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bouldercolorado.gov/services/osmp-funded-research-program" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osgrants@jeffco.us" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bouldercolorado.gov/media/16242/download?inline" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://longmontcolorado.gov/parks-and-natural-resources/open-space/ecosystem-management-funded-research-program/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -4163,61 +4092,52 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="04943c3b-4176-4696-9cc5-34a6f8347d11" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="2aeb03d2-85da-4d22-a920-5402fc2f49b9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8c8475bd-aeaf-4dec-8a64-ff96b085fe4e" xmlns:ns3="23cc69d5-b560-4a4e-9e8b-f5998d9ed68c" xmlns:ns4="2aeb03d2-85da-4d22-a920-5402fc2f49b9" xmlns:ns5="04943c3b-4176-4696-9cc5-34a6f8347d11" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6877612780673d781b2799a14dc6f6db" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AD406B7FFFA94642818FFD1BCB010A32" ma:contentTypeVersion="202" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="49b74d9ed0462157f03e0f42767026a0">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8c8475bd-aeaf-4dec-8a64-ff96b085fe4e" xmlns:ns3="23cc69d5-b560-4a4e-9e8b-f5998d9ed68c" xmlns:ns4="2aeb03d2-85da-4d22-a920-5402fc2f49b9" xmlns:ns5="04943c3b-4176-4696-9cc5-34a6f8347d11" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0ff2f1dcf725b1107b463fa723121b43" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
     <xsd:import namespace="8c8475bd-aeaf-4dec-8a64-ff96b085fe4e"/>
     <xsd:import namespace="23cc69d5-b560-4a4e-9e8b-f5998d9ed68c"/>
     <xsd:import namespace="2aeb03d2-85da-4d22-a920-5402fc2f49b9"/>
     <xsd:import namespace="04943c3b-4176-4696-9cc5-34a6f8347d11"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns4:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns5:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceSearchProperties" minOccurs="0"/>
@@ -4428,103 +4348,102 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F7B18A68-E781-423C-922B-A9CFC7CCD3F4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="04943c3b-4176-4696-9cc5-34a6f8347d11"/>
     <ds:schemaRef ds:uri="2aeb03d2-85da-4d22-a920-5402fc2f49b9"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14AF0BE9-462A-4117-90FB-199DB889D260}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1AA1614A-2991-48F9-BA4E-9A186B7E0411}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...19 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>424</Words>
+  <Characters>2386</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>49</Lines>
+  <Paragraphs>38</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>2772</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anacker, Brian</dc:creator>
-  <keywords/>
+  <cp:keywords/>
   <dc:description/>
-  <lastModifiedBy>Hill, Sarah</lastModifiedBy>
-  <revision>27</revision>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100AD406B7FFFA94642818FFD1BCB010A32</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>