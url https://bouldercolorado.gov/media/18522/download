--- v0 (2025-10-08)
+++ v1 (2026-02-14)
@@ -1,578 +1,578 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6D9A4B5A" w14:textId="77777777" w:rsidR="00C953D4" w:rsidRDefault="00C953D4" w:rsidP="00577764">
-[...10 lines deleted...]
-    <w:p w14:paraId="1074477E" w14:textId="34564B7A" w:rsidR="00676AAF" w:rsidRDefault="00C30CEF" w:rsidP="00577764">
+    <w:p w:rsidR="00676AAF" w:rsidP="00577764" w:rsidRDefault="00C30CEF" w14:paraId="1074477E" w14:textId="34564B7A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">APPLICATION FOR </w:t>
       </w:r>
       <w:r w:rsidRPr="00E972A9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">NEW </w:t>
       </w:r>
-      <w:r w:rsidR="00AF372C" w:rsidRPr="00E972A9">
+      <w:r w:rsidRPr="00E972A9" w:rsidR="00AF372C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>FIXED HARDWARE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ROUTE</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10377" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3055"/>
-        <w:gridCol w:w="5603"/>
+        <w:gridCol w:w="4560"/>
+        <w:gridCol w:w="5817"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00676AAF" w:rsidRPr="00472E22" w14:paraId="3094CD1D" w14:textId="77777777" w:rsidTr="0089564E">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidRPr="00472E22" w:rsidR="00676AAF" w:rsidTr="65E99FC9" w14:paraId="3094CD1D" w14:textId="77777777">
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8658" w:type="dxa"/>
+            <w:tcW w:w="10377" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6B763324" w14:textId="77777777" w:rsidR="00676AAF" w:rsidRPr="00472E22" w:rsidRDefault="00676AAF" w:rsidP="0089564E">
+          <w:p w:rsidRPr="00472E22" w:rsidR="00676AAF" w:rsidP="0089564E" w:rsidRDefault="00676AAF" w14:paraId="6B763324" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>APPLICANT INFORMATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676AAF" w:rsidRPr="002F23C3" w14:paraId="2374C117" w14:textId="77777777" w:rsidTr="00960F16">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidRPr="002F23C3" w:rsidR="00676AAF" w:rsidTr="65E99FC9" w14:paraId="2374C117" w14:textId="77777777">
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3055" w:type="dxa"/>
+            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="578DA4A1" w14:textId="4ABF1B72" w:rsidR="00676AAF" w:rsidRPr="002F23C3" w:rsidRDefault="00676AAF" w:rsidP="0089564E">
+          <w:p w:rsidRPr="002F23C3" w:rsidR="00676AAF" w:rsidP="0089564E" w:rsidRDefault="00676AAF" w14:paraId="578DA4A1" w14:textId="4ABF1B72">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F23C3">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Applicant Name</w:t>
             </w:r>
             <w:r w:rsidR="00B86AC0">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5603" w:type="dxa"/>
+            <w:tcW w:w="5817" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6FF19F2F" w14:textId="77777777" w:rsidR="00676AAF" w:rsidRPr="002F23C3" w:rsidRDefault="00676AAF" w:rsidP="0089564E">
+          <w:p w:rsidRPr="002F23C3" w:rsidR="00676AAF" w:rsidP="0089564E" w:rsidRDefault="00676AAF" w14:paraId="6FF19F2F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676AAF" w:rsidRPr="002F23C3" w14:paraId="4AF10131" w14:textId="77777777" w:rsidTr="00960F16">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidRPr="002F23C3" w:rsidR="00676AAF" w:rsidTr="65E99FC9" w14:paraId="4AF10131" w14:textId="77777777">
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3055" w:type="dxa"/>
+            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5120624D" w14:textId="5431C0DA" w:rsidR="00676AAF" w:rsidRPr="002F23C3" w:rsidRDefault="00676AAF" w:rsidP="0089564E">
+          <w:p w:rsidRPr="002F23C3" w:rsidR="00676AAF" w:rsidP="0089564E" w:rsidRDefault="00676AAF" w14:paraId="5120624D" w14:textId="5431C0DA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F23C3">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Phone </w:t>
             </w:r>
             <w:r w:rsidR="00B86AC0">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidRPr="002F23C3">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>umber</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5603" w:type="dxa"/>
+            <w:tcW w:w="5817" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="626800BB" w14:textId="77777777" w:rsidR="00676AAF" w:rsidRPr="002F23C3" w:rsidRDefault="00676AAF" w:rsidP="0089564E">
+          <w:p w:rsidRPr="002F23C3" w:rsidR="00676AAF" w:rsidP="0089564E" w:rsidRDefault="00676AAF" w14:paraId="626800BB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676AAF" w:rsidRPr="002F23C3" w14:paraId="72DA04E6" w14:textId="77777777" w:rsidTr="00960F16">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidRPr="002F23C3" w:rsidR="00676AAF" w:rsidTr="65E99FC9" w14:paraId="72DA04E6" w14:textId="77777777">
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3055" w:type="dxa"/>
+            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1AC786ED" w14:textId="77777777" w:rsidR="00676AAF" w:rsidRPr="002F23C3" w:rsidRDefault="00676AAF" w:rsidP="0089564E">
+          <w:p w:rsidRPr="002F23C3" w:rsidR="00676AAF" w:rsidP="0089564E" w:rsidRDefault="00676AAF" w14:paraId="1AC786ED" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F23C3">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Email Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5603" w:type="dxa"/>
+            <w:tcW w:w="5817" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="738FE891" w14:textId="77777777" w:rsidR="00676AAF" w:rsidRPr="002F23C3" w:rsidRDefault="00676AAF" w:rsidP="0089564E">
+          <w:p w:rsidRPr="002F23C3" w:rsidR="00676AAF" w:rsidP="0089564E" w:rsidRDefault="00676AAF" w14:paraId="738FE891" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676AAF" w:rsidRPr="002F23C3" w14:paraId="07BE3B20" w14:textId="77777777" w:rsidTr="00E972A9">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidRPr="002F23C3" w:rsidR="00676AAF" w:rsidTr="65E99FC9" w14:paraId="07BE3B20" w14:textId="77777777">
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3055" w:type="dxa"/>
+            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="30FAE012" w14:textId="4453616D" w:rsidR="00676AAF" w:rsidRPr="002F23C3" w:rsidRDefault="00ED436F" w:rsidP="0089564E">
+          <w:p w:rsidRPr="002F23C3" w:rsidR="00676AAF" w:rsidP="0089564E" w:rsidRDefault="00ED436F" w14:paraId="30FAE012" w14:textId="4453616D">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E972A9">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Recommended </w:t>
             </w:r>
-            <w:r w:rsidR="00676AAF" w:rsidRPr="00E972A9">
+            <w:r w:rsidRPr="00E972A9" w:rsidR="00676AAF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Route Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5603" w:type="dxa"/>
+            <w:tcW w:w="5817" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="2372D766" w14:textId="77777777" w:rsidR="00676AAF" w:rsidRPr="002F23C3" w:rsidRDefault="00676AAF" w:rsidP="0089564E">
+          <w:p w:rsidRPr="002F23C3" w:rsidR="00676AAF" w:rsidP="0089564E" w:rsidRDefault="00676AAF" w14:paraId="2372D766" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676AAF" w:rsidRPr="002F23C3" w14:paraId="62F6C192" w14:textId="77777777" w:rsidTr="00960F16">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidRPr="002F23C3" w:rsidR="00676AAF" w:rsidTr="65E99FC9" w14:paraId="62F6C192" w14:textId="77777777">
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3055" w:type="dxa"/>
+            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="27EEF0A6" w14:textId="77777777" w:rsidR="00676AAF" w:rsidRPr="002F23C3" w:rsidRDefault="00676AAF" w:rsidP="0089564E">
+          <w:p w:rsidRPr="002F23C3" w:rsidR="00676AAF" w:rsidP="0089564E" w:rsidRDefault="00676AAF" w14:paraId="27EEF0A6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F23C3">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Rock Formation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5603" w:type="dxa"/>
+            <w:tcW w:w="5817" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1492E8B9" w14:textId="77777777" w:rsidR="00676AAF" w:rsidRPr="002F23C3" w:rsidRDefault="00676AAF" w:rsidP="0089564E">
+          <w:p w:rsidRPr="002F23C3" w:rsidR="00676AAF" w:rsidP="0089564E" w:rsidRDefault="00676AAF" w14:paraId="1492E8B9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676AAF" w:rsidRPr="002F23C3" w14:paraId="59AA5DE5" w14:textId="77777777" w:rsidTr="00960F16">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidRPr="002F23C3" w:rsidR="00676AAF" w:rsidTr="65E99FC9" w14:paraId="59AA5DE5" w14:textId="77777777">
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3055" w:type="dxa"/>
+            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="2F6CD901" w14:textId="77777777" w:rsidR="00676AAF" w:rsidRPr="002F23C3" w:rsidRDefault="00676AAF" w:rsidP="0089564E">
+          <w:p w:rsidRPr="002F23C3" w:rsidR="00676AAF" w:rsidP="53A8DCAB" w:rsidRDefault="00676AAF" w14:paraId="2F6CD901" w14:textId="6F6B3E36">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
-                <w:b/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F23C3">
+            <w:r w:rsidRPr="53A8DCAB" w:rsidR="00676AAF">
               <w:rPr>
-                <w:b/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>Number of bolts to be placed</w:t>
+            </w:r>
+            <w:r w:rsidRPr="53A8DCAB" w:rsidR="42190C56">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> including anchor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5603" w:type="dxa"/>
+            <w:tcW w:w="5817" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7DCDC277" w14:textId="77777777" w:rsidR="00676AAF" w:rsidRPr="002F23C3" w:rsidRDefault="00676AAF" w:rsidP="0089564E">
+          <w:p w:rsidRPr="002F23C3" w:rsidR="00676AAF" w:rsidP="0089564E" w:rsidRDefault="00676AAF" w14:paraId="7DCDC277" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676AAF" w:rsidRPr="002F23C3" w14:paraId="4D94F80D" w14:textId="77777777" w:rsidTr="00960F16">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidRPr="002F23C3" w:rsidR="00676AAF" w:rsidTr="65E99FC9" w14:paraId="4D94F80D" w14:textId="77777777">
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3055" w:type="dxa"/>
+            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="77E0EE08" w14:textId="366ACB08" w:rsidR="00676AAF" w:rsidRPr="002F23C3" w:rsidRDefault="00676AAF" w:rsidP="0089564E">
+          <w:p w:rsidRPr="002F23C3" w:rsidR="00676AAF" w:rsidP="0089564E" w:rsidRDefault="00676AAF" w14:paraId="77E0EE08" w14:textId="366ACB08">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F23C3">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Type of </w:t>
             </w:r>
             <w:r w:rsidR="003E28B4">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidRPr="002F23C3">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>ardware to be used</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5603" w:type="dxa"/>
+            <w:tcW w:w="5817" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="0B18B2ED" w14:textId="77777777" w:rsidR="00676AAF" w:rsidRPr="002F23C3" w:rsidRDefault="00676AAF" w:rsidP="0089564E">
+          <w:p w:rsidRPr="002F23C3" w:rsidR="00676AAF" w:rsidP="0089564E" w:rsidRDefault="00676AAF" w14:paraId="0B18B2ED" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7445A75E" w14:textId="77777777" w:rsidR="00845A52" w:rsidRDefault="00845A52" w:rsidP="00895DEB"/>
-    <w:p w14:paraId="7FDE1CF8" w14:textId="00A5D0BE" w:rsidR="003E30A4" w:rsidRDefault="003E30A4" w:rsidP="003E30A4">
+    <w:p w:rsidR="00845A52" w:rsidP="00895DEB" w:rsidRDefault="00845A52" w14:paraId="7445A75E" w14:textId="77777777"/>
+    <w:p w:rsidR="003E30A4" w:rsidP="003E30A4" w:rsidRDefault="003E30A4" w14:paraId="7FDE1CF8" w14:textId="00A5D0BE">
       <w:pPr>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>Bolt Placement Information:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="070A5F84" w14:textId="77777777" w:rsidR="003E30A4" w:rsidRDefault="003E30A4" w:rsidP="003E30A4">
+    <w:p w:rsidR="003E30A4" w:rsidP="003E30A4" w:rsidRDefault="003E30A4" w14:paraId="070A5F84" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00126E8E">
         <w:t>Stainless stee</w:t>
       </w:r>
       <w:r>
         <w:t>l bolts are required</w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33FF0386" w14:textId="77777777" w:rsidR="003E30A4" w:rsidRDefault="003E30A4" w:rsidP="003E30A4">
+    <w:p w:rsidR="003E30A4" w:rsidP="003E30A4" w:rsidRDefault="003E30A4" w14:paraId="33FF0386" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Minimum bolt size shall be 1/2” x 2 3/4</w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t>”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59370AD6" w14:textId="7A021715" w:rsidR="003E30A4" w:rsidRDefault="003E30A4" w:rsidP="003E30A4">
+    <w:p w:rsidR="003E30A4" w:rsidP="003E30A4" w:rsidRDefault="003E30A4" w14:paraId="59370AD6" w14:textId="7A021715">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00126E8E">
         <w:t xml:space="preserve">Bolts and hangers must be camouflaged prior to </w:t>
       </w:r>
-      <w:r w:rsidR="00BD24B2" w:rsidRPr="00126E8E">
+      <w:r w:rsidRPr="00126E8E" w:rsidR="00BD24B2">
         <w:t>inserting</w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t xml:space="preserve"> into the rock. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FA7A7CF" w14:textId="77777777" w:rsidR="003E30A4" w:rsidRDefault="003E30A4" w:rsidP="003E30A4">
+    <w:p w:rsidR="003E30A4" w:rsidP="003E30A4" w:rsidRDefault="003E30A4" w14:paraId="2FA7A7CF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00126E8E">
         <w:t>Cold shuts are prohibited.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DDD7189" w14:textId="77777777" w:rsidR="003E30A4" w:rsidRDefault="003E30A4" w:rsidP="003E30A4">
+    <w:p w:rsidR="003E30A4" w:rsidP="003E30A4" w:rsidRDefault="003E30A4" w14:paraId="4DDD7189" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00126E8E">
         <w:t>Drive-in bolts are prohibited.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43597D98" w14:textId="77777777" w:rsidR="003E30A4" w:rsidRDefault="003E30A4" w:rsidP="003E30A4">
+    <w:p w:rsidR="003E30A4" w:rsidP="003E30A4" w:rsidRDefault="003E30A4" w14:paraId="43597D98" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00126E8E">
         <w:t xml:space="preserve">Motorized rock drills are recommended. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B340E7A" w14:textId="77777777" w:rsidR="003E30A4" w:rsidRDefault="003E30A4" w:rsidP="003E30A4">
+    <w:p w:rsidR="003E30A4" w:rsidP="003E30A4" w:rsidRDefault="003E30A4" w14:paraId="5B340E7A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00126E8E">
         <w:t xml:space="preserve">Only chains and/or links are permitted as anchors, no cord or webbing. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="771C4B7D" w14:textId="55C544BA" w:rsidR="003E30A4" w:rsidRDefault="003E30A4" w:rsidP="003E30A4">
+    <w:p w:rsidR="003E30A4" w:rsidP="003E30A4" w:rsidRDefault="003E30A4" w14:paraId="771C4B7D" w14:textId="55C544BA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00126E8E">
         <w:t xml:space="preserve">When replacing fixed hardware, </w:t>
       </w:r>
-      <w:r w:rsidR="00BD24B2" w:rsidRPr="00126E8E">
+      <w:r w:rsidRPr="00126E8E" w:rsidR="00BD24B2">
         <w:t>the holder</w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t xml:space="preserve"> will make every effort to repair and restore the rock to its natural state.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B180183" w14:textId="18F49040" w:rsidR="00EA2403" w:rsidRPr="00A11DF2" w:rsidRDefault="00615734" w:rsidP="003E30A4">
+    <w:p w:rsidRPr="00A11DF2" w:rsidR="00EA2403" w:rsidP="003E30A4" w:rsidRDefault="00615734" w14:paraId="1B180183" w14:textId="18F49040">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00A11DF2">
         <w:t>FCC will make every effort to notify OSMP if sensitive wildlife species (bats, raptors, or other rare species) are observed during route reconnaissance or route installation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3246A427" w14:textId="00C0190A" w:rsidR="001E5E37" w:rsidRDefault="001E5E37" w:rsidP="001E5E37">
+    <w:p w:rsidR="001E5E37" w:rsidP="001E5E37" w:rsidRDefault="001E5E37" w14:paraId="3246A427" w14:textId="00C0190A">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Applications </w:t>
       </w:r>
       <w:r w:rsidRPr="0302F3DD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">must </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">include the following </w:t>
       </w:r>
       <w:r w:rsidR="046676BC">
         <w:t>images</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to be reviewed by OSMP staff. </w:t>
       </w:r>
       <w:r w:rsidR="49134247">
         <w:t xml:space="preserve">Images </w:t>
       </w:r>
@@ -588,1486 +588,1551 @@
       <w:r w:rsidR="005E1C4D">
         <w:t xml:space="preserve"> directly</w:t>
       </w:r>
       <w:r w:rsidR="00954454">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="2F945DAF">
         <w:t>in</w:t>
       </w:r>
       <w:r w:rsidR="00954454">
         <w:t xml:space="preserve">to this </w:t>
       </w:r>
       <w:r w:rsidR="00AB000F">
         <w:t xml:space="preserve">application </w:t>
       </w:r>
       <w:r w:rsidR="6AE1DE3F">
         <w:t>document</w:t>
       </w:r>
       <w:r w:rsidR="00AE093E">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="51FCB597">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B144B2D" w14:textId="77777777" w:rsidR="001E5E37" w:rsidRDefault="001E5E37" w:rsidP="001E5E37">
+    <w:p w:rsidR="001E5E37" w:rsidP="001E5E37" w:rsidRDefault="001E5E37" w14:paraId="5B144B2D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>A photo or diagram of the rock formation with the proposed route drawn in</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3494E37A" w14:textId="77777777" w:rsidR="001E5E37" w:rsidRDefault="001E5E37" w:rsidP="001E5E37">
+    <w:p w:rsidR="001E5E37" w:rsidP="001E5E37" w:rsidRDefault="001E5E37" w14:paraId="3494E37A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">A photo or diagram of the existing routes on the formation </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EE788E6" w14:textId="3AB57020" w:rsidR="001E5E37" w:rsidRDefault="001E5E37" w:rsidP="001E5E37">
+    <w:p w:rsidR="001E5E37" w:rsidP="001E5E37" w:rsidRDefault="001E5E37" w14:paraId="4EE788E6" w14:textId="3AB57020">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>A photo</w:t>
       </w:r>
       <w:r w:rsidR="007F7B72">
         <w:t xml:space="preserve"> or map</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of the approach, </w:t>
       </w:r>
       <w:r w:rsidRPr="00A11DF2">
         <w:t xml:space="preserve">including where the approach leaves </w:t>
       </w:r>
-      <w:r w:rsidR="005624CC" w:rsidRPr="00A11DF2">
+      <w:r w:rsidRPr="00A11DF2" w:rsidR="005624CC">
         <w:t xml:space="preserve">a designated </w:t>
       </w:r>
       <w:r w:rsidRPr="00A11DF2">
         <w:t>trail if applicable</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="237BC7A2" w14:textId="289B0EE3" w:rsidR="001E5E37" w:rsidRDefault="001E5E37" w:rsidP="001E5E37">
+    <w:p w:rsidR="001E5E37" w:rsidP="001E5E37" w:rsidRDefault="001E5E37" w14:paraId="237BC7A2" w14:textId="289B0EE3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>A photo</w:t>
       </w:r>
       <w:r w:rsidR="007F7B72">
         <w:t xml:space="preserve"> or map</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of the descent</w:t>
       </w:r>
       <w:r w:rsidR="001C7939">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002248D2">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="002379BA">
         <w:t>if different than the approach</w:t>
       </w:r>
       <w:r w:rsidR="002248D2">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EA650CA" w14:textId="6268C8D6" w:rsidR="001E5E37" w:rsidRPr="00DB2B64" w:rsidRDefault="001E5E37" w:rsidP="001E5E37">
+    <w:p w:rsidR="009672AF" w:rsidP="53A8DCAB" w:rsidRDefault="009672AF" w14:paraId="39626B0D" w14:textId="0A014A06">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:ind/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="001E5E37">
+        <w:rPr/>
         <w:t>A photo of the base of the climb</w:t>
       </w:r>
       <w:r w:rsidR="6CF3A08D">
+        <w:rPr/>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="001C7939">
+        <w:rPr/>
         <w:t>e.g.</w:t>
       </w:r>
       <w:r w:rsidR="6CF3A08D">
+        <w:rPr/>
         <w:t>, staging</w:t>
       </w:r>
       <w:r w:rsidR="1A7ACA31">
+        <w:rPr/>
         <w:t>/belay</w:t>
       </w:r>
       <w:r w:rsidR="6CF3A08D">
+        <w:rPr/>
         <w:t xml:space="preserve"> area)</w:t>
       </w:r>
       <w:r w:rsidR="47F3D053">
+        <w:rPr/>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="000A2AF2">
+        <w:rPr/>
         <w:t xml:space="preserve"> including ground surface</w:t>
       </w:r>
       <w:r w:rsidR="005E659F">
+        <w:rPr/>
         <w:t xml:space="preserve"> and vegetation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FD2C0A9" w14:textId="456F47AA" w:rsidR="00767DEA" w:rsidRDefault="00767DEA" w:rsidP="001E5E37"/>
-    <w:p w14:paraId="02483ACC" w14:textId="77777777" w:rsidR="00144011" w:rsidRDefault="00144011" w:rsidP="00D37B11">
+    <w:p w:rsidR="53A8DCAB" w:rsidP="53A8DCAB" w:rsidRDefault="53A8DCAB" w14:paraId="14069C4F" w14:textId="33167C1D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1800"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009672AF" w:rsidP="0302F3DD" w:rsidRDefault="009672AF" w14:paraId="2C23FB1A" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="017D755A" w14:textId="01EE4A24" w:rsidR="0302F3DD" w:rsidRDefault="0302F3DD" w:rsidP="0302F3DD">
-[...1 lines deleted...]
-        <w:ind w:left="720"/>
+    <w:p w:rsidR="65E99FC9" w:rsidP="65E99FC9" w:rsidRDefault="65E99FC9" w14:paraId="5AD77B2C" w14:textId="550915DB">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39626B0D" w14:textId="77777777" w:rsidR="009672AF" w:rsidRDefault="009672AF" w:rsidP="0302F3DD">
-[...17 lines deleted...]
-    <w:p w14:paraId="591D2C02" w14:textId="7C3B30B5" w:rsidR="006607A4" w:rsidRPr="00DE2286" w:rsidRDefault="006607A4" w:rsidP="00845A52">
+    <w:p w:rsidRPr="00DE2286" w:rsidR="006607A4" w:rsidP="00845A52" w:rsidRDefault="006607A4" w14:paraId="591D2C02" w14:textId="7C3B30B5">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE2286">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Route Descriptions: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="515E9196" w14:textId="3E81AF91" w:rsidR="00AB5BAA" w:rsidRDefault="00734594" w:rsidP="00803E08">
+    <w:p w:rsidR="00AB5BAA" w:rsidP="00803E08" w:rsidRDefault="00734594" w14:paraId="515E9196" w14:textId="3E81AF91">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Describe</w:t>
       </w:r>
       <w:r w:rsidR="00B0644E">
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="00AF372C">
         <w:t xml:space="preserve">proposed </w:t>
       </w:r>
       <w:r w:rsidR="00B0644E">
         <w:t xml:space="preserve">new route. </w:t>
       </w:r>
-      <w:r w:rsidR="00FA76B1" w:rsidRPr="00E972A9">
+      <w:r w:rsidRPr="00E972A9" w:rsidR="00FA76B1">
         <w:t xml:space="preserve">What is </w:t>
       </w:r>
-      <w:r w:rsidR="009F5800" w:rsidRPr="00E972A9">
+      <w:r w:rsidRPr="00E972A9" w:rsidR="009F5800">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="002F44C0" w:rsidRPr="00E972A9">
+      <w:r w:rsidRPr="00E972A9" w:rsidR="002F44C0">
         <w:t xml:space="preserve"> intention behind the </w:t>
       </w:r>
-      <w:r w:rsidR="00AF372C" w:rsidRPr="00E972A9">
+      <w:r w:rsidRPr="00E972A9" w:rsidR="00AF372C">
         <w:t>recommended</w:t>
       </w:r>
-      <w:r w:rsidR="002F44C0" w:rsidRPr="00E972A9">
+      <w:r w:rsidRPr="00E972A9" w:rsidR="002F44C0">
         <w:t xml:space="preserve"> route name?</w:t>
       </w:r>
       <w:r w:rsidR="002F44C0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C6B17CD" w14:textId="77777777" w:rsidR="00AB5BAA" w:rsidRDefault="00AB5BAA" w:rsidP="00AB5BAA">
-[...250 lines deleted...]
-    <w:p w14:paraId="2FABD0CA" w14:textId="77777777" w:rsidR="00AB5BAA" w:rsidRDefault="00734594" w:rsidP="00FA5777">
+    <w:p w:rsidR="00AB5BAA" w:rsidP="00AB5BAA" w:rsidRDefault="00AB5BAA" w14:paraId="6C6B17CD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB5BAA" w:rsidP="00AB5BAA" w:rsidRDefault="00AB5BAA" w14:paraId="4E941A99" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB5BAA" w:rsidP="00AB5BAA" w:rsidRDefault="00AB5BAA" w14:paraId="38FDB4EE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB5BAA" w:rsidP="00AB5BAA" w:rsidRDefault="00AB5BAA" w14:paraId="06139E6B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB5BAA" w:rsidP="00AB5BAA" w:rsidRDefault="00AB5BAA" w14:paraId="5CCCF300" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00845A52" w:rsidP="00AB5BAA" w:rsidRDefault="00845A52" w14:paraId="5CB448DC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00845A52" w:rsidP="00AB5BAA" w:rsidRDefault="00845A52" w14:paraId="66F32CAF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00845A52" w:rsidP="00AB5BAA" w:rsidRDefault="00845A52" w14:paraId="79F99418" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00845A52" w:rsidP="00507169" w:rsidRDefault="00845A52" w14:paraId="5EAD47EE" w14:textId="77777777"/>
+    <w:p w:rsidR="00845A52" w:rsidP="00AB5BAA" w:rsidRDefault="00845A52" w14:paraId="6F48E64B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA5777" w:rsidP="00FA5777" w:rsidRDefault="00FA5777" w14:paraId="53D5730E" w14:textId="208FF821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r w:rsidR="009C744C">
+        <w:rPr/>
+        <w:t>Please include a photo or diagram of the rock formation with the proposed route</w:t>
+      </w:r>
+      <w:r w:rsidR="52D3DDC6">
+        <w:rPr/>
+        <w:t xml:space="preserve"> and all proposed bolt locations including anchor bolts </w:t>
+      </w:r>
+      <w:r w:rsidR="009C744C">
+        <w:rPr/>
+        <w:t xml:space="preserve">drawn </w:t>
+      </w:r>
+      <w:r w:rsidR="009C744C">
+        <w:rPr/>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="40B01506">
+        <w:rPr/>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="009C744C">
+        <w:rPr/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA5777" w:rsidP="00FA5777" w:rsidRDefault="00FA5777" w14:paraId="7654F6B9" w14:textId="28B43C83">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A4041B" w:rsidP="00FA5777" w:rsidRDefault="00A4041B" w14:paraId="258224E4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA5777" w:rsidP="00FA5777" w:rsidRDefault="00FA5777" w14:paraId="322C57D2" w14:textId="366D408A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E60B0A" w:rsidP="00FA5777" w:rsidRDefault="00E60B0A" w14:paraId="1851CDE5" w14:textId="155482EA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E60B0A" w:rsidP="00FA5777" w:rsidRDefault="00E60B0A" w14:paraId="662F11BD" w14:textId="36C86B7C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E60B0A" w:rsidP="00FA5777" w:rsidRDefault="00E60B0A" w14:paraId="41D03622" w14:textId="6BB99821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E60B0A" w:rsidP="00FA5777" w:rsidRDefault="00E60B0A" w14:paraId="4A0E2BC4" w14:textId="1CB1C8C2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E60B0A" w:rsidP="00FA5777" w:rsidRDefault="00E60B0A" w14:paraId="6B6F8A0C" w14:textId="310FEAD1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="5EF78135" w:rsidP="5EF78135" w:rsidRDefault="5EF78135" w14:paraId="069F8B5C" w14:textId="67170288">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="5EF78135" w:rsidP="5EF78135" w:rsidRDefault="5EF78135" w14:paraId="2D604FAF" w14:textId="6CAD411C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="5EF78135" w:rsidP="5EF78135" w:rsidRDefault="5EF78135" w14:paraId="3B8294CE" w14:textId="28CDF7AA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="5EF78135" w:rsidP="5EF78135" w:rsidRDefault="5EF78135" w14:paraId="71644EB7" w14:textId="467AD8E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="5EF78135" w:rsidP="5EF78135" w:rsidRDefault="5EF78135" w14:paraId="613E59A3" w14:textId="441C6A5E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="5EF78135" w:rsidP="5EF78135" w:rsidRDefault="5EF78135" w14:paraId="18079279" w14:textId="73EFE744">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="5EF78135" w:rsidP="5EF78135" w:rsidRDefault="5EF78135" w14:paraId="02928EFF" w14:textId="606ECD14">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E60B0A" w:rsidP="00FA5777" w:rsidRDefault="00E60B0A" w14:paraId="4AB02286" w14:textId="62295D46">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E60B0A" w:rsidP="00FA5777" w:rsidRDefault="00E60B0A" w14:paraId="67EC242A" w14:textId="69344203">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E60B0A" w:rsidP="00FA5777" w:rsidRDefault="00E60B0A" w14:paraId="14D5565E" w14:textId="575F0F7E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E60B0A" w:rsidP="00FA5777" w:rsidRDefault="00E60B0A" w14:paraId="74E22937" w14:textId="23D1BA7E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00144011" w:rsidP="00FA5777" w:rsidRDefault="00144011" w14:paraId="3FEC37F5" w14:textId="642B9715">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00144011" w:rsidP="00FA5777" w:rsidRDefault="00144011" w14:paraId="774FDBBD" w14:textId="4DADDD11">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00144011" w:rsidP="00FA5777" w:rsidRDefault="00144011" w14:paraId="2206B550" w14:textId="76667342">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00144011" w:rsidP="00FA5777" w:rsidRDefault="00144011" w14:paraId="5360A9D4" w14:textId="3E6017C9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00144011" w:rsidP="00FA5777" w:rsidRDefault="00144011" w14:paraId="077D57D5" w14:textId="6E9F49BD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00144011" w:rsidP="00FA5777" w:rsidRDefault="00144011" w14:paraId="6FDCBCD0" w14:textId="024459CC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00144011" w:rsidP="00FA5777" w:rsidRDefault="00144011" w14:paraId="13359FAF" w14:textId="731A819A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00845A52" w:rsidP="00FA5777" w:rsidRDefault="00845A52" w14:paraId="5AEAD92B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="2AAF085E" w:rsidP="2AAF085E" w:rsidRDefault="2AAF085E" w14:paraId="13CB7ED2" w14:textId="059D0203">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="2AAF085E" w:rsidP="2AAF085E" w:rsidRDefault="2AAF085E" w14:paraId="56FC2319" w14:textId="72874CB4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="2AAF085E" w:rsidP="2AAF085E" w:rsidRDefault="2AAF085E" w14:paraId="1DB12686" w14:textId="5C32A609">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E60B0A" w:rsidP="00F473B3" w:rsidRDefault="00E60B0A" w14:paraId="287E1AC4" w14:textId="77777777"/>
+    <w:p w:rsidR="00AB5BAA" w:rsidP="00FA5777" w:rsidRDefault="00734594" w14:paraId="2FABD0CA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Describe the</w:t>
       </w:r>
       <w:r w:rsidR="00A92E47">
         <w:t xml:space="preserve"> existing routes on the same face of the rock formation including</w:t>
       </w:r>
       <w:r w:rsidR="00851E40">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00A92E47">
         <w:t xml:space="preserve"> the number of routes, route names, route </w:t>
       </w:r>
       <w:r w:rsidR="00C4637C">
         <w:t>grades, types (traditional or bolted), and the approximate distance between routes.</w:t>
       </w:r>
       <w:r w:rsidR="00DC10D8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="532C9948" w14:textId="77777777" w:rsidR="00AB5BAA" w:rsidRDefault="00AB5BAA" w:rsidP="00AB5BAA">
-[...48 lines deleted...]
-    <w:p w14:paraId="53D0F86E" w14:textId="47EBB664" w:rsidR="00FA5777" w:rsidRDefault="00CA1C6A" w:rsidP="00AB5BAA">
+    <w:p w:rsidR="00AB5BAA" w:rsidP="00AB5BAA" w:rsidRDefault="00AB5BAA" w14:paraId="532C9948" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB5BAA" w:rsidP="00AB5BAA" w:rsidRDefault="00AB5BAA" w14:paraId="55C96DC2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB5BAA" w:rsidP="00AB5BAA" w:rsidRDefault="00AB5BAA" w14:paraId="16ECBB3D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB5BAA" w:rsidP="00AB5BAA" w:rsidRDefault="00AB5BAA" w14:paraId="7AB86F36" w14:textId="08D5ACC5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E60B0A" w:rsidP="00AB5BAA" w:rsidRDefault="00E60B0A" w14:paraId="0851B3B2" w14:textId="75763E60">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00144011" w:rsidP="00AB5BAA" w:rsidRDefault="00144011" w14:paraId="5443D286" w14:textId="48F03D04">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00845A52" w:rsidP="00AB5BAA" w:rsidRDefault="00845A52" w14:paraId="7DAD7491" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B791C" w:rsidP="00FE3A92" w:rsidRDefault="003B791C" w14:paraId="72B5EA55" w14:textId="77777777"/>
+    <w:p w:rsidR="003B791C" w:rsidP="00AB5BAA" w:rsidRDefault="003B791C" w14:paraId="38C0E961" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA5777" w:rsidP="00AB5BAA" w:rsidRDefault="00CA1C6A" w14:paraId="53D0F86E" w14:textId="47EBB664">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Please include a photo or diagram of the existing routes. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="542028A5" w14:textId="55E9B92A" w:rsidR="00A4041B" w:rsidRDefault="00A4041B" w:rsidP="00A4041B"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="4C0AFA2F" w14:textId="4FE74656" w:rsidR="7C6EDD6D" w:rsidRDefault="7C6EDD6D" w:rsidP="2AAF085E">
+    <w:p w:rsidR="00A4041B" w:rsidP="00A4041B" w:rsidRDefault="00A4041B" w14:paraId="542028A5" w14:textId="55E9B92A"/>
+    <w:p w:rsidR="00E60B0A" w:rsidP="00A4041B" w:rsidRDefault="00E60B0A" w14:paraId="0271650A" w14:textId="533DEFDF"/>
+    <w:p w:rsidR="00E60B0A" w:rsidP="00A4041B" w:rsidRDefault="00E60B0A" w14:paraId="0A28238C" w14:textId="40E85AB2"/>
+    <w:p w:rsidR="00E60B0A" w:rsidP="00A4041B" w:rsidRDefault="00E60B0A" w14:paraId="2CEC3848" w14:textId="46DD1A59"/>
+    <w:p w:rsidR="00144011" w:rsidP="00A4041B" w:rsidRDefault="00144011" w14:paraId="2B48AA7D" w14:textId="1DC1554E"/>
+    <w:p w:rsidR="00144011" w:rsidP="00A4041B" w:rsidRDefault="00144011" w14:paraId="1CF24749" w14:textId="15A58CF8"/>
+    <w:p w:rsidR="00144011" w:rsidP="00A4041B" w:rsidRDefault="00144011" w14:paraId="0B1DCA95" w14:textId="10F16A5B"/>
+    <w:p w:rsidR="00144011" w:rsidP="00A4041B" w:rsidRDefault="00144011" w14:paraId="1889EFB1" w14:textId="7EBD097A"/>
+    <w:p w:rsidR="00144011" w:rsidP="00A4041B" w:rsidRDefault="00144011" w14:paraId="352185A8" w14:textId="62114D14"/>
+    <w:p w:rsidR="00144011" w:rsidP="00A4041B" w:rsidRDefault="00144011" w14:paraId="4CC6EA4E" w14:textId="06179DB6"/>
+    <w:p w:rsidR="00144011" w:rsidP="00A4041B" w:rsidRDefault="00144011" w14:paraId="530A0DC2" w14:textId="43BE9F9F"/>
+    <w:p w:rsidR="00144011" w:rsidP="00A4041B" w:rsidRDefault="00144011" w14:paraId="02FE6FEE" w14:textId="77777777"/>
+    <w:p w:rsidR="2AAF085E" w:rsidRDefault="2AAF085E" w14:paraId="2127EC09" w14:textId="7C807A02"/>
+    <w:p w:rsidR="00E60B0A" w:rsidP="00A4041B" w:rsidRDefault="00E60B0A" w14:paraId="636FE97C" w14:textId="575D2DA9"/>
+    <w:p w:rsidR="00F473B3" w:rsidP="00A4041B" w:rsidRDefault="00F473B3" w14:paraId="7779F1D3" w14:textId="77777777"/>
+    <w:p w:rsidR="00E60B0A" w:rsidP="00A4041B" w:rsidRDefault="00E60B0A" w14:paraId="2CAD90A6" w14:textId="19930B7F"/>
+    <w:p w:rsidR="003B791C" w:rsidP="00A4041B" w:rsidRDefault="003B791C" w14:paraId="6DCE1F9C" w14:textId="77777777"/>
+    <w:p w:rsidR="481D3A3C" w:rsidP="65E99FC9" w:rsidRDefault="481D3A3C" w14:paraId="78EE6A36" w14:textId="38B52BC2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-      </w:pPr>
-[...34 lines deleted...]
-    <w:p w14:paraId="25F15F7B" w14:textId="5624AEC1" w:rsidR="5A0E3C51" w:rsidRDefault="5A0E3C51" w:rsidP="2AAF085E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="65E99FC9" w:rsidR="481D3A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Describe the approach. Include the designated hiking and climbing access trails (if unfamiliar with these designated trails, refer to the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="65E99FC9" w:rsidR="19BE2557">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="R848fbb994f5241e4">
+        <w:r w:rsidRPr="65E99FC9" w:rsidR="19BE2557">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:color w:val="467886"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>OSMP Climbing webmap</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="65E99FC9" w:rsidR="19BE2557">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="65E99FC9" w:rsidR="481D3A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if necessary, include the existing “social” or undesignated trails leading to the climb and condition of the trail, and state whether there is a durable surface, such as rock.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="65E99FC9" w:rsidP="65E99FC9" w:rsidRDefault="65E99FC9" w14:paraId="7D045BD7" w14:textId="5810CAE1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E60B0A" w:rsidP="00E60B0A" w:rsidRDefault="00E60B0A" w14:paraId="46BBA14D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E60B0A" w:rsidP="00E60B0A" w:rsidRDefault="00E60B0A" w14:paraId="3E27F169" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E60B0A" w:rsidP="00E60B0A" w:rsidRDefault="00E60B0A" w14:paraId="4A864008" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E60B0A" w:rsidP="00E60B0A" w:rsidRDefault="00E60B0A" w14:paraId="59086E77" w14:textId="28B5A0B2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="2AAF085E" w:rsidP="2AAF085E" w:rsidRDefault="2AAF085E" w14:paraId="35F3FD43" w14:textId="4A5C1B5C">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="5A0E3C51" w:rsidP="2AAF085E" w:rsidRDefault="5A0E3C51" w14:paraId="25F15F7B" w14:textId="5624AEC1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Please include a photo or diagram </w:t>
       </w:r>
       <w:r w:rsidR="52A7A72D">
         <w:t>of the approach.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48DA835C" w14:textId="0298ABB9" w:rsidR="2AAF085E" w:rsidRDefault="2AAF085E" w:rsidP="2AAF085E">
-[...119 lines deleted...]
-    <w:p w14:paraId="39455387" w14:textId="7934E862" w:rsidR="00DC10D8" w:rsidRDefault="00EA78AB" w:rsidP="00E60B0A">
+    <w:p w:rsidR="2AAF085E" w:rsidP="2AAF085E" w:rsidRDefault="2AAF085E" w14:paraId="48DA835C" w14:textId="0298ABB9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="2AAF085E" w:rsidP="2AAF085E" w:rsidRDefault="2AAF085E" w14:paraId="5D4E1FE6" w14:textId="1F06B0AC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="2AAF085E" w:rsidP="2AAF085E" w:rsidRDefault="2AAF085E" w14:paraId="60E819DA" w14:textId="6C14C31A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="2AAF085E" w:rsidP="2AAF085E" w:rsidRDefault="2AAF085E" w14:paraId="0D1C7E00" w14:textId="79EEA56C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="2AAF085E" w:rsidP="2AAF085E" w:rsidRDefault="2AAF085E" w14:paraId="7EF81D15" w14:textId="2E2A6A7F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="2AAF085E" w:rsidP="2AAF085E" w:rsidRDefault="2AAF085E" w14:paraId="18477EC1" w14:textId="33819A6E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="2AAF085E" w:rsidP="2AAF085E" w:rsidRDefault="2AAF085E" w14:paraId="4AD2029B" w14:textId="318C720A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="2AAF085E" w:rsidP="2AAF085E" w:rsidRDefault="2AAF085E" w14:paraId="113434B8" w14:textId="3083AD27">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="2AAF085E" w:rsidP="2AAF085E" w:rsidRDefault="2AAF085E" w14:paraId="07948369" w14:textId="56A8B386">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="2AAF085E" w:rsidP="2AAF085E" w:rsidRDefault="2AAF085E" w14:paraId="7EB3BAC8" w14:textId="25E26174">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="2AAF085E" w:rsidP="2AAF085E" w:rsidRDefault="2AAF085E" w14:paraId="1635776B" w14:textId="3AF4A70F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="2AAF085E" w:rsidP="2AAF085E" w:rsidRDefault="2AAF085E" w14:paraId="7E2AD2BF" w14:textId="1C827416">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="2AAF085E" w:rsidP="2AAF085E" w:rsidRDefault="2AAF085E" w14:paraId="59F05B86" w14:textId="6967E8B9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="2AAF085E" w:rsidP="2AAF085E" w:rsidRDefault="2AAF085E" w14:paraId="3E20E0B6" w14:textId="66E264AE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="2AAF085E" w:rsidP="2AAF085E" w:rsidRDefault="2AAF085E" w14:paraId="69061D8B" w14:textId="514F2F00">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="2AAF085E" w:rsidP="2AAF085E" w:rsidRDefault="2AAF085E" w14:paraId="578B3C74" w14:textId="3CFD97B7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="2AAF085E" w:rsidP="2AAF085E" w:rsidRDefault="2AAF085E" w14:paraId="0CB93A69" w14:textId="3844BE5E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004A0E3D" w:rsidP="00E60B0A" w:rsidRDefault="004A0E3D" w14:paraId="5AE28529" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E60B0A" w:rsidP="00E60B0A" w:rsidRDefault="00E60B0A" w14:paraId="35120013" w14:textId="7618B6C7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00144011" w:rsidP="00E60B0A" w:rsidRDefault="00144011" w14:paraId="0969F846" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC10D8" w:rsidP="00E60B0A" w:rsidRDefault="00EA78AB" w14:paraId="39455387" w14:textId="7934E862">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
       </w:pPr>
       <w:r>
         <w:t>If applicable, i</w:t>
       </w:r>
       <w:r w:rsidR="0002384C">
         <w:t>nclude</w:t>
       </w:r>
       <w:r w:rsidR="00C348D8">
         <w:t xml:space="preserve"> a photo of where the </w:t>
       </w:r>
       <w:r w:rsidR="00734594">
         <w:t>climbing access leaves the designated trail system</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E7C5174" w14:textId="082876A1" w:rsidR="2AAF085E" w:rsidRDefault="2AAF085E" w:rsidP="2AAF085E">
-[...20 lines deleted...]
-    <w:p w14:paraId="24227898" w14:textId="77777777" w:rsidR="00D07BE0" w:rsidRDefault="00734594" w:rsidP="00734594">
+    <w:p w:rsidR="2AAF085E" w:rsidP="2AAF085E" w:rsidRDefault="2AAF085E" w14:paraId="4E7C5174" w14:textId="082876A1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="2AAF085E" w:rsidP="2AAF085E" w:rsidRDefault="2AAF085E" w14:paraId="6756AB50" w14:textId="603F9FB8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA5777" w:rsidP="00FA5777" w:rsidRDefault="00FA5777" w14:paraId="6C2C33B2" w14:textId="0E99B332"/>
+    <w:p w:rsidR="00E60B0A" w:rsidP="00FA5777" w:rsidRDefault="00E60B0A" w14:paraId="397C33EC" w14:textId="6CE0A565"/>
+    <w:p w:rsidR="00E60B0A" w:rsidP="00FA5777" w:rsidRDefault="00E60B0A" w14:paraId="01360A88" w14:textId="113EBA2F"/>
+    <w:p w:rsidR="2AAF085E" w:rsidRDefault="2AAF085E" w14:paraId="0685CF15" w14:textId="58069541"/>
+    <w:p w:rsidR="00E60B0A" w:rsidP="00FA5777" w:rsidRDefault="00E60B0A" w14:paraId="2E794816" w14:textId="7DCF3D02"/>
+    <w:p w:rsidR="2AAF085E" w:rsidRDefault="2AAF085E" w14:paraId="6D5CABE3" w14:textId="77B45817"/>
+    <w:p w:rsidR="00FA5777" w:rsidP="65E99FC9" w:rsidRDefault="00FA5777" w14:paraId="2F514EB5" w14:textId="024E0107">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D07BE0" w:rsidP="65E99FC9" w:rsidRDefault="00734594" w14:paraId="24227898" w14:textId="7679190F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidR="00734594">
+        <w:rPr/>
         <w:t>If different than approach, describe the descent route</w:t>
       </w:r>
-      <w:r w:rsidR="00124A3E">
-[...54 lines deleted...]
-    <w:p w14:paraId="56FBA276" w14:textId="74AC0E89" w:rsidR="00734594" w:rsidRDefault="00F623AE" w:rsidP="00D07BE0">
+      <w:r w:rsidR="0EA21C63">
+        <w:rPr/>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="65E99FC9" w:rsidR="0EA21C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Include the designated hiking and climbing access trails (if unfamiliar with these designated trails, refer to the </w:t>
+      </w:r>
+      <w:hyperlink r:id="R3f72decb62fd406b">
+        <w:r w:rsidRPr="65E99FC9" w:rsidR="0EA21C63">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:color w:val="467886"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>OSMP Climbing webmap</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="65E99FC9" w:rsidR="0EA21C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="65E99FC9" w:rsidR="0EA21C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if necessary, include the existing “social” or undesignated trails leading to the climb and condition of the trail, and state whether there is a durable surface, such as rock.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D07BE0" w:rsidP="00D07BE0" w:rsidRDefault="00D07BE0" w14:paraId="17614AB9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D07BE0" w:rsidP="00D07BE0" w:rsidRDefault="00D07BE0" w14:paraId="5A75EAEF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D07BE0" w:rsidP="00D07BE0" w:rsidRDefault="00D07BE0" w14:paraId="60AE78AF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D07BE0" w:rsidP="00D07BE0" w:rsidRDefault="00D07BE0" w14:paraId="08F9220A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D07BE0" w:rsidP="00D07BE0" w:rsidRDefault="00D07BE0" w14:paraId="637871B8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D07BE0" w:rsidP="00D07BE0" w:rsidRDefault="00D07BE0" w14:paraId="512BCE96" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D07BE0" w:rsidP="00D07BE0" w:rsidRDefault="00D07BE0" w14:paraId="7860A1E1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004A555C" w:rsidP="00D07BE0" w:rsidRDefault="004A555C" w14:paraId="3B0BE7FE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00734594" w:rsidP="00D07BE0" w:rsidRDefault="00F623AE" w14:paraId="56FBA276" w14:textId="74AC0E89">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Include a </w:t>
       </w:r>
       <w:r w:rsidR="62C26679">
         <w:t xml:space="preserve">photo or </w:t>
       </w:r>
       <w:r w:rsidR="4FDC7338">
         <w:t>map</w:t>
       </w:r>
       <w:r w:rsidR="1C7D74FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>of the descent</w:t>
       </w:r>
       <w:r w:rsidR="00CC26EC">
         <w:t xml:space="preserve"> if different than approach. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DB75542" w14:textId="698107DE" w:rsidR="00FA5777" w:rsidRDefault="00FA5777" w:rsidP="00FA5777"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="692BF61F" w14:textId="790C717F" w:rsidR="00D07BE0" w:rsidRDefault="00F623AE" w:rsidP="00734594">
+    <w:p w:rsidR="00FA5777" w:rsidP="00FA5777" w:rsidRDefault="00FA5777" w14:paraId="2DB75542" w14:textId="698107DE"/>
+    <w:p w:rsidR="00144011" w:rsidP="00FA5777" w:rsidRDefault="00144011" w14:paraId="1C119A23" w14:textId="718CA591"/>
+    <w:p w:rsidR="00144011" w:rsidP="00FA5777" w:rsidRDefault="00144011" w14:paraId="097358B1" w14:textId="291E324E"/>
+    <w:p w:rsidR="00144011" w:rsidP="00FA5777" w:rsidRDefault="00144011" w14:paraId="067C9010" w14:textId="73AF725A"/>
+    <w:p w:rsidR="00F473B3" w:rsidP="00FA5777" w:rsidRDefault="00F473B3" w14:paraId="22A06EDC" w14:textId="77777777"/>
+    <w:p w:rsidR="00F473B3" w:rsidP="00FA5777" w:rsidRDefault="00F473B3" w14:paraId="7A57BD24" w14:textId="77777777"/>
+    <w:p w:rsidR="00144011" w:rsidP="00FA5777" w:rsidRDefault="00144011" w14:paraId="2CC2DDE8" w14:textId="4AC7E6D2"/>
+    <w:p w:rsidR="00D07BE0" w:rsidP="00734594" w:rsidRDefault="00F623AE" w14:paraId="692BF61F" w14:textId="790C717F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Describe the area at the base of the climb</w:t>
       </w:r>
       <w:r w:rsidR="2374DF34">
         <w:t xml:space="preserve"> (e.</w:t>
       </w:r>
       <w:r w:rsidR="004A555C">
         <w:t>g.</w:t>
       </w:r>
       <w:r w:rsidR="2374DF34">
         <w:t>, staging</w:t>
       </w:r>
       <w:r w:rsidR="776C7AC4">
         <w:t>/belay</w:t>
       </w:r>
       <w:r w:rsidR="2374DF34">
         <w:t xml:space="preserve"> area)</w:t>
       </w:r>
       <w:r w:rsidR="2E3F52EE">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="006301D4">
-        <w:t xml:space="preserve"> </w:t>
-[...107 lines deleted...]
-    <w:p w14:paraId="7ACDF980" w14:textId="2C8780E4" w:rsidR="00FA5777" w:rsidRDefault="006301D4" w:rsidP="00F473B3">
+        <w:t xml:space="preserve"> including: existing levels of soil compaction, existence of a durable surface such as rock, and existing soil erosion. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D07BE0" w:rsidP="00D07BE0" w:rsidRDefault="00D07BE0" w14:paraId="1F25350E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00144011" w:rsidP="0302F3DD" w:rsidRDefault="00144011" w14:paraId="3E772DAF" w14:textId="4AF38941"/>
+    <w:p w:rsidR="00144011" w:rsidP="00D07BE0" w:rsidRDefault="00144011" w14:paraId="60E8E4CC" w14:textId="619E54A0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00144011" w:rsidP="00D07BE0" w:rsidRDefault="00144011" w14:paraId="12217B42" w14:textId="2982537E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00144011" w:rsidP="00D07BE0" w:rsidRDefault="00144011" w14:paraId="07C9CB50" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D07BE0" w:rsidP="00D07BE0" w:rsidRDefault="00D07BE0" w14:paraId="60EA8E23" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00691CF9" w:rsidP="00D07BE0" w:rsidRDefault="00691CF9" w14:paraId="697B3B03" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004A555C" w:rsidP="00D07BE0" w:rsidRDefault="004A555C" w14:paraId="6792AA0A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004A555C" w:rsidP="00D07BE0" w:rsidRDefault="004A555C" w14:paraId="36C2452B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="65E99FC9" w:rsidP="65E99FC9" w:rsidRDefault="65E99FC9" w14:paraId="1C0F89D7" w14:textId="7631D4CD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="65E99FC9" w:rsidP="65E99FC9" w:rsidRDefault="65E99FC9" w14:paraId="7262C2BA" w14:textId="30C4102C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA5777" w:rsidP="00F473B3" w:rsidRDefault="006301D4" w14:paraId="7ACDF980" w14:textId="2C8780E4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
       </w:pPr>
       <w:r>
         <w:t>Include photos of the area at the base of the climb</w:t>
       </w:r>
       <w:r w:rsidR="00203850">
         <w:t xml:space="preserve"> (including </w:t>
       </w:r>
       <w:r w:rsidR="007E4A00">
         <w:t xml:space="preserve">vegetation </w:t>
       </w:r>
       <w:r w:rsidR="007827CB">
         <w:t>and ground surface)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26450EAE" w14:textId="1E89AED8" w:rsidR="008B6F3B" w:rsidRDefault="008B6F3B" w:rsidP="008B6F3B">
+    <w:p w:rsidR="008B6F3B" w:rsidP="008B6F3B" w:rsidRDefault="008B6F3B" w14:paraId="26450EAE" w14:textId="1E89AED8">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:keepNext/>
       </w:pPr>
       <w:r>
         <w:t>Figure</w:t>
       </w:r>
       <w:r w:rsidR="0AA0E516">
         <w:t xml:space="preserve"> 1:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Sample Photos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7432A865" w14:textId="77777777" w:rsidR="000F0766" w:rsidRDefault="68A46A88" w:rsidP="000F0766">
+    <w:p w:rsidR="000F0766" w:rsidP="000F0766" w:rsidRDefault="68A46A88" w14:paraId="7432A865" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2098AFB0" wp14:editId="23591AF5">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2098AFB0" wp14:editId="73CCD081">
             <wp:extent cx="4230094" cy="2161909"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1082556588" name="Picture 1082556588" descr="Two images of the base of a climb labeled &quot;Bad Photo&quot; on the left and &quot;Good Photo&quot; on the right with the &quot;Good Photo&quot; including the climbing wall and nearby trees and the &quot;Bad Photo&quot; including only the ground surface."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1082556588" name="Picture 1082556588" descr="Two images of the base of a climb labeled &quot;Bad Photo&quot; on the left and &quot;Good Photo&quot; on the right with the &quot;Good Photo&quot; including the climbing wall and nearby trees and the &quot;Bad Photo&quot; including only the ground surface."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId11" cstate="print">
+                    <a:blip r:embed="rId15" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="4176" t="8966" r="3244" b="6917"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4232748" cy="2163265"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F1E1371" w14:textId="6FDCBAC0" w:rsidR="00D07BE0" w:rsidRDefault="00D07BE0" w:rsidP="00FA5777"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="6FB051E2" w14:textId="709E49F3" w:rsidR="006301D4" w:rsidRPr="00DE2286" w:rsidRDefault="00C45CA8" w:rsidP="006607A4">
+    <w:p w:rsidR="00D07BE0" w:rsidP="00FA5777" w:rsidRDefault="00D07BE0" w14:paraId="6F1E1371" w14:textId="6FDCBAC0"/>
+    <w:p w:rsidR="00D07BE0" w:rsidP="00FA5777" w:rsidRDefault="00D07BE0" w14:paraId="01F55CC0" w14:textId="3CF3F51C"/>
+    <w:p w:rsidR="00D07BE0" w:rsidP="00FA5777" w:rsidRDefault="00D07BE0" w14:paraId="760F1853" w14:textId="3C25213D"/>
+    <w:p w:rsidRPr="00DE2286" w:rsidR="006301D4" w:rsidP="006607A4" w:rsidRDefault="00C45CA8" w14:paraId="6FB051E2" w14:textId="709E49F3">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Additional Information: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43F7C520" w14:textId="77C6B88B" w:rsidR="006607A4" w:rsidRDefault="006607A4" w:rsidP="006607A4">
+    <w:p w:rsidR="006607A4" w:rsidP="006607A4" w:rsidRDefault="006607A4" w14:paraId="43F7C520" w14:textId="77C6B88B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Has all reconnaissance work</w:t>
       </w:r>
       <w:r w:rsidR="00673CAE">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>short of placing any hardware, been done?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C9257C7" w14:textId="16AA7F0E" w:rsidR="00FA5777" w:rsidRDefault="00FA5777" w:rsidP="00FA5777"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="2677A5D1" w14:textId="30012E23" w:rsidR="00C953D4" w:rsidRDefault="31F22CB1" w:rsidP="0302F3DD">
+    <w:p w:rsidR="00FA5777" w:rsidP="00FA5777" w:rsidRDefault="00FA5777" w14:paraId="1C9257C7" w14:textId="16AA7F0E"/>
+    <w:p w:rsidR="00C953D4" w:rsidP="00FA5777" w:rsidRDefault="00C953D4" w14:paraId="25D90033" w14:textId="10E95C47"/>
+    <w:p w:rsidR="00C953D4" w:rsidP="00FA5777" w:rsidRDefault="00C953D4" w14:paraId="6385C8A9" w14:textId="0C4F493C"/>
+    <w:p w:rsidR="00C953D4" w:rsidP="00FA5777" w:rsidRDefault="00C953D4" w14:paraId="58B930CD" w14:textId="77777777"/>
+    <w:p w:rsidR="00021690" w:rsidP="00FA5777" w:rsidRDefault="00021690" w14:paraId="2434E291" w14:textId="77777777"/>
+    <w:p w:rsidR="00C953D4" w:rsidP="0302F3DD" w:rsidRDefault="31F22CB1" w14:paraId="2677A5D1" w14:textId="30012E23">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0302F3DD">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Has the route been top roped? Is there loose rock? Is it extremely overhanging? If any “cleaning” of the route is required, please describe what that translates to. For example: “There are four dinner plate-sized loose flakes that will need to be removed, as well as several fist-sized blocks on a ledge.” Do you recommend adding any additional hardware other than bolts (e.g. mussy hooks, perma-draws)</w:t>
       </w:r>
       <w:r w:rsidRPr="0302F3DD">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>? These items will be considered for safety purposes and require additional review.</w:t>
       </w:r>
       <w:r w:rsidRPr="0302F3DD">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> If yes, how many are proposed </w:t>
       </w:r>
       <w:r w:rsidRPr="0302F3DD">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidRPr="0302F3DD">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>where are they located on the rout</w:t>
       </w:r>
       <w:r w:rsidRPr="0302F3DD">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>e?</w:t>
       </w:r>
-      <w:r w:rsidR="0084725A" w:rsidRPr="0302F3DD">
+      <w:r w:rsidRPr="0302F3DD" w:rsidR="0084725A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0084725A" w:rsidRPr="0302F3DD">
+      <w:r w:rsidRPr="0302F3DD" w:rsidR="0084725A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Gluing</w:t>
       </w:r>
-      <w:r w:rsidR="00D6466A" w:rsidRPr="0302F3DD">
+      <w:r w:rsidRPr="0302F3DD" w:rsidR="00D6466A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> or bolting loose rocks or holds in place is not permitted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="132F3FAD" w14:textId="77777777" w:rsidR="00C953D4" w:rsidRDefault="00C953D4" w:rsidP="00FE06C9">
+    <w:p w:rsidR="00C953D4" w:rsidP="00FE06C9" w:rsidRDefault="00C953D4" w14:paraId="132F3FAD" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35CE5F10" w14:textId="68666AC9" w:rsidR="0302F3DD" w:rsidRDefault="0302F3DD" w:rsidP="0302F3DD">
+    <w:p w:rsidR="0302F3DD" w:rsidP="0302F3DD" w:rsidRDefault="0302F3DD" w14:paraId="35CE5F10" w14:textId="68666AC9">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7149E722" w14:textId="77777777" w:rsidR="00F473B3" w:rsidRDefault="00F473B3" w:rsidP="0302F3DD">
+    <w:p w:rsidR="00F473B3" w:rsidP="0302F3DD" w:rsidRDefault="00F473B3" w14:paraId="7149E722" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="772A6621" w14:textId="77777777" w:rsidR="00F473B3" w:rsidRDefault="00F473B3" w:rsidP="0302F3DD">
+    <w:p w:rsidR="00F473B3" w:rsidP="0302F3DD" w:rsidRDefault="00F473B3" w14:paraId="772A6621" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51917989" w14:textId="77777777" w:rsidR="00F473B3" w:rsidRDefault="00F473B3" w:rsidP="0302F3DD">
+    <w:p w:rsidR="00F473B3" w:rsidP="0302F3DD" w:rsidRDefault="00F473B3" w14:paraId="51917989" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52792615" w14:textId="31F0FEB0" w:rsidR="76CABB51" w:rsidRDefault="76CABB51" w:rsidP="0302F3DD">
+    <w:p w:rsidR="76CABB51" w:rsidP="0302F3DD" w:rsidRDefault="76CABB51" w14:paraId="52792615" w14:textId="31F0FEB0">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Please include a photo or diagram of the rock formation with the proposed route drawn in and all hardware points labeled including those other than bolts (e.g. mussy hooks, perma-draws).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0123CE69" w14:textId="42FF8704" w:rsidR="0302F3DD" w:rsidRDefault="0302F3DD" w:rsidP="0302F3DD">
+    <w:p w:rsidR="0302F3DD" w:rsidP="0302F3DD" w:rsidRDefault="0302F3DD" w14:paraId="0123CE69" w14:textId="42FF8704">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A118159" w14:textId="77777777" w:rsidR="00F473B3" w:rsidRDefault="00F473B3" w:rsidP="0302F3DD">
+    <w:p w:rsidR="00F473B3" w:rsidP="0302F3DD" w:rsidRDefault="00F473B3" w14:paraId="4A118159" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29CC017E" w14:textId="77777777" w:rsidR="00F473B3" w:rsidRDefault="00F473B3" w:rsidP="0302F3DD">
+    <w:p w:rsidR="00F473B3" w:rsidP="0302F3DD" w:rsidRDefault="00F473B3" w14:paraId="29CC017E" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5876AF49" w14:textId="77777777" w:rsidR="00F473B3" w:rsidRDefault="00F473B3" w:rsidP="0302F3DD">
+    <w:p w:rsidR="00F473B3" w:rsidP="0302F3DD" w:rsidRDefault="00F473B3" w14:paraId="5876AF49" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F00D0E6" w14:textId="77777777" w:rsidR="00F473B3" w:rsidRDefault="00F473B3" w:rsidP="0302F3DD">
+    <w:p w:rsidR="00F473B3" w:rsidP="0302F3DD" w:rsidRDefault="00F473B3" w14:paraId="1F00D0E6" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="205AEA53" w14:textId="77777777" w:rsidR="00F473B3" w:rsidRDefault="00F473B3" w:rsidP="0302F3DD">
+    <w:p w:rsidR="00F473B3" w:rsidP="0302F3DD" w:rsidRDefault="00F473B3" w14:paraId="205AEA53" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EC3F34F" w14:textId="77777777" w:rsidR="00F473B3" w:rsidRDefault="00F473B3" w:rsidP="0302F3DD">
+    <w:p w:rsidR="00F473B3" w:rsidP="0302F3DD" w:rsidRDefault="00F473B3" w14:paraId="4EC3F34F" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DDEAAC4" w14:textId="77777777" w:rsidR="00F473B3" w:rsidRDefault="00F473B3" w:rsidP="0302F3DD">
+    <w:p w:rsidR="00F473B3" w:rsidP="0302F3DD" w:rsidRDefault="00F473B3" w14:paraId="6DDEAAC4" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F07BA84" w14:textId="77777777" w:rsidR="00F473B3" w:rsidRDefault="00F473B3" w:rsidP="0302F3DD">
+    <w:p w:rsidR="00F473B3" w:rsidP="0302F3DD" w:rsidRDefault="00F473B3" w14:paraId="3F07BA84" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48F4A9CF" w14:textId="592CC645" w:rsidR="0302F3DD" w:rsidRDefault="0302F3DD" w:rsidP="0302F3DD">
+    <w:p w:rsidR="0302F3DD" w:rsidP="0302F3DD" w:rsidRDefault="0302F3DD" w14:paraId="48F4A9CF" w14:textId="592CC645">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="071AA10C" w14:textId="4E98BB1A" w:rsidR="00DE2286" w:rsidRDefault="00FE06C9" w:rsidP="00FE06C9">
+    <w:p w:rsidR="00DE2286" w:rsidP="00FE06C9" w:rsidRDefault="00FE06C9" w14:paraId="071AA10C" w14:textId="4E98BB1A">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Please include any additional notes for the review committee here: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E627DBA" w14:textId="31777366" w:rsidR="001E5543" w:rsidRDefault="001E5543" w:rsidP="001E5543"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="245038ED" w14:textId="34919586" w:rsidR="5EF78135" w:rsidRDefault="5EF78135" w:rsidP="5EF78135">
+    <w:p w:rsidR="001E5543" w:rsidP="001E5543" w:rsidRDefault="001E5543" w14:paraId="3E627DBA" w14:textId="31777366"/>
+    <w:p w:rsidR="00D07BE0" w:rsidP="001E5543" w:rsidRDefault="00D07BE0" w14:paraId="7AA5E99D" w14:textId="77777777"/>
+    <w:p w:rsidR="00144011" w:rsidP="001E5543" w:rsidRDefault="00144011" w14:paraId="4805498B" w14:textId="60247135"/>
+    <w:p w:rsidR="00E972A9" w:rsidP="001E5543" w:rsidRDefault="00E972A9" w14:paraId="7117D6E4" w14:textId="3A9BE476"/>
+    <w:p w:rsidR="00E972A9" w:rsidP="001E5543" w:rsidRDefault="00E972A9" w14:paraId="0998519F" w14:textId="337FF091"/>
+    <w:p w:rsidR="00E972A9" w:rsidP="001E5543" w:rsidRDefault="00E972A9" w14:paraId="4E3CC02B" w14:textId="0BA51521"/>
+    <w:p w:rsidR="00E972A9" w:rsidP="001E5543" w:rsidRDefault="00E972A9" w14:paraId="57284EDB" w14:textId="4066066B"/>
+    <w:p w:rsidR="00E972A9" w:rsidP="001E5543" w:rsidRDefault="00E972A9" w14:paraId="25110F10" w14:textId="1A7BAAA3"/>
+    <w:p w:rsidR="00E972A9" w:rsidP="001E5543" w:rsidRDefault="00E972A9" w14:paraId="154DF02E" w14:textId="6A03DAB1"/>
+    <w:p w:rsidR="00E972A9" w:rsidP="001E5543" w:rsidRDefault="00E972A9" w14:paraId="30E9AB2B" w14:textId="0F58558F"/>
+    <w:p w:rsidR="00F473B3" w:rsidP="5EF78135" w:rsidRDefault="00F473B3" w14:paraId="38FFEE2A" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3542DA47" w14:textId="3908AD92" w:rsidR="5EF78135" w:rsidRDefault="5EF78135" w:rsidP="5EF78135">
+    <w:p w:rsidR="65E99FC9" w:rsidP="65E99FC9" w:rsidRDefault="65E99FC9" w14:paraId="2D1CDE2C" w14:textId="6CCDF3BA">
       <w:pPr>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38FFEE2A" w14:textId="77777777" w:rsidR="00F473B3" w:rsidRDefault="00F473B3" w:rsidP="5EF78135">
-[...7 lines deleted...]
-    <w:p w14:paraId="766E652C" w14:textId="556A79FB" w:rsidR="001E5543" w:rsidRDefault="001E5543" w:rsidP="00D05742">
+    <w:p w:rsidR="001E5543" w:rsidP="00D05742" w:rsidRDefault="001E5543" w14:paraId="766E652C" w14:textId="556A79FB">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E972A9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Disclaimer and Release:</w:t>
       </w:r>
       <w:r w:rsidRPr="001E5543">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73C4B381" w14:textId="104F6050" w:rsidR="00D05742" w:rsidRPr="00126E8E" w:rsidRDefault="00D05742" w:rsidP="00D05742">
+    <w:p w:rsidRPr="00126E8E" w:rsidR="00D05742" w:rsidP="00D05742" w:rsidRDefault="00D05742" w14:paraId="73C4B381" w14:textId="104F6050">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00126E8E">
         <w:t>I have applied to Open Space and Mountain Parks staff for a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> permit to </w:t>
       </w:r>
       <w:r w:rsidRPr="00F33C87">
         <w:t>place</w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t xml:space="preserve"> fixed climbing hardware at the described location. I am performing this function </w:t>
       </w:r>
       <w:r w:rsidR="00563268">
         <w:t>of my own accord</w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t>. I will notify Open Space and Mountain Parks staff as stated above.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C27626F" w14:textId="355A1B5F" w:rsidR="00D05742" w:rsidRDefault="00D05742" w:rsidP="00D05742">
+    <w:p w:rsidR="00D05742" w:rsidP="00D05742" w:rsidRDefault="00D05742" w14:paraId="5C27626F" w14:textId="355A1B5F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00126E8E">
         <w:t xml:space="preserve">The City of Boulder is not responsible for the placement of </w:t>
       </w:r>
       <w:r w:rsidR="004702B4">
         <w:t>fixed climbing hardware</w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t xml:space="preserve">, and is not responsible for </w:t>
       </w:r>
       <w:r w:rsidR="00B005D1">
         <w:t>its</w:t>
       </w:r>
-      <w:r w:rsidR="00B005D1" w:rsidRPr="00126E8E">
+      <w:r w:rsidRPr="00126E8E" w:rsidR="00B005D1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t>maintenance, replacement, or safety. The bolts, fixed protection, or any other gear left behind are not facilities within Open Space and Mountain Parks land. People engaged in climbing activities do so at their own risk. The City of Boulder has not requested that</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> I </w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t xml:space="preserve">place any </w:t>
       </w:r>
       <w:r w:rsidR="00B005D1">
         <w:t>fixed climbing hardware</w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t>, and</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> I am </w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t xml:space="preserve">not </w:t>
       </w:r>
-      <w:r w:rsidR="00DB3894" w:rsidRPr="00126E8E">
+      <w:r w:rsidRPr="00126E8E" w:rsidR="00DB3894">
         <w:t>obligated by this notification</w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t xml:space="preserve"> to place any </w:t>
       </w:r>
       <w:r w:rsidR="00B005D1">
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidR="0014270D">
         <w:t>ixed climbing hardware</w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> I am </w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t>acting solely for</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> my </w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t xml:space="preserve">own purposes, and not acting as a contractor, agent, employee, or authorized volunteer of the City of Boulder in placing any </w:t>
@@ -2098,233 +2163,241 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> me </w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t xml:space="preserve">in any litigation which might arise out of the placement of any </w:t>
       </w:r>
       <w:r w:rsidR="0014270D">
         <w:t>fixed climbing hardware</w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> I am </w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t>proceeding at</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> my </w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t xml:space="preserve">own </w:t>
       </w:r>
-      <w:r w:rsidR="00DB3894" w:rsidRPr="00126E8E">
+      <w:r w:rsidRPr="00126E8E" w:rsidR="00DB3894">
         <w:t>risk and</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> recognize </w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t>and voluntarily</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> assumed </w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t>all risks to</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> myself </w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t>involved in the placement</w:t>
       </w:r>
       <w:r w:rsidR="006B16D3">
         <w:t xml:space="preserve"> of fixed climbing hardware</w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t>, which could include serious injury or death.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> I release </w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t xml:space="preserve">the City of Boulder, and its officers and employees, from any liability they might </w:t>
       </w:r>
-      <w:r w:rsidR="0064130E" w:rsidRPr="00126E8E">
+      <w:r w:rsidRPr="00126E8E" w:rsidR="0064130E">
         <w:t>have,</w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r>
         <w:t>Applicant</w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t xml:space="preserve"> might claim from any</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of my acts or omissions </w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t xml:space="preserve">to place any </w:t>
       </w:r>
       <w:r w:rsidR="0081351E">
         <w:t>fixed climbing hardware</w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="0066774A">
         <w:t>Further I agree to indemnify, defend and hold harmless the City of Boulder against any claims already made and claims that may be made in the future</w:t>
       </w:r>
       <w:r w:rsidR="00AE17ED">
         <w:t xml:space="preserve"> arising out of </w:t>
       </w:r>
       <w:r w:rsidR="00DC66E7">
         <w:t xml:space="preserve">placing any </w:t>
       </w:r>
       <w:r w:rsidR="00AF5F30">
         <w:t>fixed climbing hardware</w:t>
       </w:r>
       <w:r w:rsidR="0066774A">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t xml:space="preserve">I have read this disclaimer and release, agree to be bound by its terms, and will not assert any inconsistent position in any litigation arising out of the placement of any fixed </w:t>
       </w:r>
       <w:r w:rsidR="00AF5F30">
         <w:t xml:space="preserve">climbing </w:t>
       </w:r>
       <w:r w:rsidRPr="00126E8E">
         <w:t xml:space="preserve">hardware. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1351F2AB" w14:textId="77777777" w:rsidR="00D05742" w:rsidRDefault="00D05742" w:rsidP="00D05742">
+    <w:p w:rsidR="00D05742" w:rsidP="00D05742" w:rsidRDefault="00D05742" w14:paraId="1351F2AB" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="088E91B0" w14:textId="6077B792" w:rsidR="00D05742" w:rsidRDefault="00D05742" w:rsidP="00D05742">
+    <w:p w:rsidR="00D05742" w:rsidP="00D05742" w:rsidRDefault="00D05742" w14:paraId="088E91B0" w14:textId="6077B792">
       <w:pPr>
         <w:pBdr>
-          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="1"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EC152CE" w14:textId="0F366EFD" w:rsidR="001E5543" w:rsidRPr="000008AF" w:rsidRDefault="00D05742" w:rsidP="000008AF">
+    <w:p w:rsidRPr="000008AF" w:rsidR="001E5543" w:rsidP="000008AF" w:rsidRDefault="00D05742" w14:paraId="0EC152CE" w14:textId="0F366EFD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>(Applicant Signature</w:t>
       </w:r>
       <w:r w:rsidR="00817390">
         <w:t xml:space="preserve"> - required</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00817390">
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>(Date Signed)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="001E5543" w:rsidRPr="000008AF" w:rsidSect="005A4F67">
-[...4 lines deleted...]
-      <w:pgSz w:w="12240" w:h="15840"/>
+    <w:sectPr w:rsidRPr="000008AF" w:rsidR="001E5543" w:rsidSect="005A4F67">
+      <w:headerReference w:type="even" r:id="rId16"/>
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="even" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:commentsEx xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15"/>
+</file>
+
+<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cid:commentsIds xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" mc:Ignorable="w16cid"/>
+</file>
+
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="560AD061" w14:textId="77777777" w:rsidR="00363E50" w:rsidRDefault="00363E50" w:rsidP="00676AAF">
+    <w:p w:rsidR="008365C1" w:rsidP="00676AAF" w:rsidRDefault="008365C1" w14:paraId="7FE3BF4F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D972563" w14:textId="77777777" w:rsidR="00363E50" w:rsidRDefault="00363E50" w:rsidP="00676AAF">
+    <w:p w:rsidR="008365C1" w:rsidP="00676AAF" w:rsidRDefault="008365C1" w14:paraId="3314D5EC" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1E22C5A6" w14:textId="77777777" w:rsidR="00363E50" w:rsidRDefault="00363E50">
+    <w:p w:rsidR="008365C1" w:rsidRDefault="008365C1" w14:paraId="0AFCF61F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2340,375 +2413,373 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3600"/>
       <w:gridCol w:w="3600"/>
       <w:gridCol w:w="3600"/>
     </w:tblGrid>
-    <w:tr w:rsidR="16886E7E" w14:paraId="5DF0EE11" w14:textId="77777777" w:rsidTr="16886E7E">
+    <w:tr w:rsidR="16886E7E" w:rsidTr="16886E7E" w14:paraId="5DF0EE11" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3600" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="52E63D82" w14:textId="7F2A4FE0" w:rsidR="16886E7E" w:rsidRDefault="16886E7E" w:rsidP="16886E7E">
+        <w:p w:rsidR="16886E7E" w:rsidP="16886E7E" w:rsidRDefault="16886E7E" w14:paraId="52E63D82" w14:textId="7F2A4FE0">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:left="-115"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3600" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="14E64435" w14:textId="734E762C" w:rsidR="16886E7E" w:rsidRDefault="16886E7E" w:rsidP="16886E7E">
+        <w:p w:rsidR="16886E7E" w:rsidP="16886E7E" w:rsidRDefault="16886E7E" w14:paraId="14E64435" w14:textId="734E762C">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3600" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="43E56F8E" w14:textId="2115B32B" w:rsidR="16886E7E" w:rsidRDefault="16886E7E" w:rsidP="16886E7E">
+        <w:p w:rsidR="16886E7E" w:rsidP="16886E7E" w:rsidRDefault="16886E7E" w14:paraId="43E56F8E" w14:textId="2115B32B">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="3D7A8634" w14:textId="61C176B2" w:rsidR="16886E7E" w:rsidRDefault="16886E7E" w:rsidP="16886E7E">
+  <w:p w:rsidR="16886E7E" w:rsidP="16886E7E" w:rsidRDefault="16886E7E" w14:paraId="3D7A8634" w14:textId="61C176B2">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2086596223"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="0E1149CB" w14:textId="27214140" w:rsidR="00845A52" w:rsidRDefault="00845A52">
+      <w:p w:rsidR="00845A52" w:rsidRDefault="00845A52" w14:paraId="0E1149CB" w14:textId="27214140">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r w:rsidRPr="16886E7E">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="16886E7E">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="16886E7E" w:rsidRPr="16886E7E">
+        <w:r w:rsidRPr="16886E7E" w:rsidR="16886E7E">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="16886E7E">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="6E8745D0" w14:textId="6438BAE5" w:rsidR="00845A52" w:rsidRDefault="16886E7E" w:rsidP="16886E7E">
+  <w:p w:rsidR="00845A52" w:rsidP="16886E7E" w:rsidRDefault="16886E7E" w14:paraId="6E8745D0" w14:textId="6438BAE5">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5271296F" wp14:editId="7B3109FD">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5271296F" wp14:editId="3E259283">
           <wp:extent cx="1381837" cy="395179"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="1572500671" name="Picture 1572500671" descr="Enjoy Protect Logo."/>
+          <wp:docPr id="1572500671" name="Picture 1572500671"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1572500671" name="Picture 1572500671" descr="Enjoy Protect Logo."/>
+                  <pic:cNvPr id="0" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1381837" cy="395179"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3FC3AA69" w14:textId="77777777" w:rsidR="00363E50" w:rsidRDefault="00363E50" w:rsidP="00676AAF">
+    <w:p w:rsidR="008365C1" w:rsidP="00676AAF" w:rsidRDefault="008365C1" w14:paraId="62A6725D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0EA9E6A7" w14:textId="77777777" w:rsidR="00363E50" w:rsidRDefault="00363E50" w:rsidP="00676AAF">
+    <w:p w:rsidR="008365C1" w:rsidP="00676AAF" w:rsidRDefault="008365C1" w14:paraId="5604AAF7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1DD00287" w14:textId="77777777" w:rsidR="00363E50" w:rsidRDefault="00363E50">
+    <w:p w:rsidR="008365C1" w:rsidRDefault="008365C1" w14:paraId="33A9BC2E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3600"/>
       <w:gridCol w:w="3600"/>
       <w:gridCol w:w="3600"/>
     </w:tblGrid>
-    <w:tr w:rsidR="16886E7E" w14:paraId="562DB95E" w14:textId="77777777" w:rsidTr="16886E7E">
+    <w:tr w:rsidR="16886E7E" w:rsidTr="16886E7E" w14:paraId="562DB95E" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3600" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="2C520B38" w14:textId="7EE0F809" w:rsidR="16886E7E" w:rsidRDefault="16886E7E" w:rsidP="16886E7E">
+        <w:p w:rsidR="16886E7E" w:rsidP="16886E7E" w:rsidRDefault="16886E7E" w14:paraId="2C520B38" w14:textId="7EE0F809">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:left="-115"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3600" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="30E17000" w14:textId="5EE52CC0" w:rsidR="16886E7E" w:rsidRDefault="16886E7E" w:rsidP="16886E7E">
+        <w:p w:rsidR="16886E7E" w:rsidP="16886E7E" w:rsidRDefault="16886E7E" w14:paraId="30E17000" w14:textId="5EE52CC0">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3600" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="7FD69A88" w14:textId="2A8EF561" w:rsidR="16886E7E" w:rsidRDefault="16886E7E" w:rsidP="16886E7E">
+        <w:p w:rsidR="16886E7E" w:rsidP="16886E7E" w:rsidRDefault="16886E7E" w14:paraId="7FD69A88" w14:textId="2A8EF561">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="06EE80C6" w14:textId="1ABAC1A6" w:rsidR="16886E7E" w:rsidRDefault="16886E7E" w:rsidP="16886E7E">
+  <w:p w:rsidR="16886E7E" w:rsidP="16886E7E" w:rsidRDefault="16886E7E" w14:paraId="06EE80C6" w14:textId="1ABAC1A6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="15CEEF5A" w14:textId="2773C842" w:rsidR="000878F0" w:rsidRPr="00676AAF" w:rsidRDefault="000878F0" w:rsidP="16886E7E">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00676AAF" w:rsidR="000878F0" w:rsidP="16886E7E" w:rsidRDefault="000878F0" w14:paraId="15CEEF5A" w14:textId="2773C842">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D004072" wp14:editId="074EF4B9">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D004072" wp14:editId="4B8F5D4C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>-38100</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="807085" cy="807085"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapThrough wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
               <wp:lineTo x="0" y="20903"/>
               <wp:lineTo x="20903" y="20903"/>
               <wp:lineTo x="20903" y="0"/>
               <wp:lineTo x="0" y="0"/>
             </wp:wrapPolygon>
           </wp:wrapThrough>
-          <wp:docPr id="2" name="Picture 2" descr="City of Boulder Open Space &amp; Mountain Parks Logo."/>
+          <wp:docPr id="2" name="Picture 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="2" name="Picture 2" descr="City of Boulder Open Space &amp; Mountain Parks Logo."/>
+                  <pic:cNvPr id="0" name="Picture 3"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="807085" cy="807085"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
@@ -2720,500 +2791,500 @@
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="16886E7E">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r w:rsidR="00DF5395">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00DF5395">
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="16886E7E" w:rsidRPr="16886E7E">
+    <w:r w:rsidRPr="16886E7E" w:rsidR="16886E7E">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t xml:space="preserve">                                                            </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5BA073E0" w14:textId="032F04B1" w:rsidR="000878F0" w:rsidRPr="00676AAF" w:rsidRDefault="16886E7E" w:rsidP="000878F0">
+  <w:p w:rsidRPr="00676AAF" w:rsidR="000878F0" w:rsidP="000878F0" w:rsidRDefault="16886E7E" w14:paraId="5BA073E0" w14:textId="032F04B1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="16886E7E">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t xml:space="preserve">City of Boulder Open Space &amp; Mountain Parks    </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t xml:space="preserve">                                                       </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6B9B214D" w14:textId="6B311F9E" w:rsidR="000878F0" w:rsidRDefault="000878F0" w:rsidP="000878F0">
+  <w:p w:rsidR="000878F0" w:rsidP="000878F0" w:rsidRDefault="000878F0" w14:paraId="6B9B214D" w14:textId="6B311F9E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t>2520 55</w:t>
     </w:r>
     <w:r w:rsidRPr="00676AAF">
       <w:rPr>
         <w:vertAlign w:val="superscript"/>
       </w:rPr>
       <w:t>th</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> St, Boulder, CO 80301</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="139B03CD" w14:textId="5696D267" w:rsidR="000878F0" w:rsidRDefault="000878F0" w:rsidP="000878F0">
+  <w:p w:rsidR="000878F0" w:rsidP="000878F0" w:rsidRDefault="000878F0" w14:paraId="139B03CD" w14:textId="5696D267">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">303-441-3440 | </w:t>
     </w:r>
-    <w:hyperlink r:id="rId2" w:history="1">
+    <w:hyperlink w:history="1" r:id="rId2">
       <w:r w:rsidRPr="00BE2FB5">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>www.osmp.org</w:t>
       </w:r>
     </w:hyperlink>
     <w:r>
       <w:t xml:space="preserve">                         </w:t>
     </w:r>
     <w:r w:rsidR="00DF5395">
-      <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
+      <w:ptab w:alignment="right" w:relativeTo="margin" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">                       </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5213CCFB" w14:textId="48E3FD0B" w:rsidR="000878F0" w:rsidRDefault="000878F0" w:rsidP="000878F0">
+  <w:p w:rsidR="000878F0" w:rsidP="000878F0" w:rsidRDefault="000878F0" w14:paraId="5213CCFB" w14:textId="48E3FD0B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
-    <w:hyperlink r:id="rId3" w:history="1">
+    <w:hyperlink w:history="1" r:id="rId3">
       <w:r w:rsidRPr="00BE2FB5">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>osmpfccreview@bouldercolorado.gov</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
-  <w:p w14:paraId="2CABAFAA" w14:textId="3FE101DD" w:rsidR="00676AAF" w:rsidRDefault="000878F0">
+  <w:p w:rsidR="00676AAF" w:rsidRDefault="000878F0" w14:paraId="2CABAFAA" w14:textId="3FE101DD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
-      <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
+      <w:ptab w:alignment="center" w:relativeTo="margin" w:leader="none"/>
     </w:r>
     <w:r w:rsidR="00676AAF">
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7B70FE1D" w14:textId="77777777" w:rsidR="00676AAF" w:rsidRDefault="00676AAF">
+  <w:p w:rsidR="00676AAF" w:rsidRDefault="00676AAF" w14:paraId="7B70FE1D" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01554CC5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6368076"/>
     <w:lvl w:ilvl="0" w:tplc="2E1C6E68">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30D52AC4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B77E0A9A"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E157C3A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="21EA8FD2"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="400B34EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A2A4298"/>
     <w:lvl w:ilvl="0" w:tplc="643021C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3364,208 +3435,212 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72AA42E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F314E6D2"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1164858420">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="468286867">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="187793028">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1401293793">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="111559888">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="479612182">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15"/>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="120"/>
+  <w:doNotDisplayPageBoundaries/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00676AAF"/>
     <w:rsid w:val="000008AF"/>
     <w:rsid w:val="00007C73"/>
     <w:rsid w:val="00021690"/>
     <w:rsid w:val="00021907"/>
     <w:rsid w:val="0002384C"/>
     <w:rsid w:val="00024557"/>
-    <w:rsid w:val="00047602"/>
     <w:rsid w:val="00057C5C"/>
     <w:rsid w:val="00060D01"/>
     <w:rsid w:val="00073513"/>
     <w:rsid w:val="00081491"/>
     <w:rsid w:val="000878F0"/>
     <w:rsid w:val="000A2AF2"/>
     <w:rsid w:val="000A4D94"/>
     <w:rsid w:val="000A55B4"/>
     <w:rsid w:val="000B06FA"/>
     <w:rsid w:val="000B17A8"/>
     <w:rsid w:val="000B2091"/>
     <w:rsid w:val="000C20D0"/>
     <w:rsid w:val="000C7210"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D5822"/>
     <w:rsid w:val="000E022B"/>
     <w:rsid w:val="000E5B84"/>
     <w:rsid w:val="000F0766"/>
     <w:rsid w:val="000F1983"/>
     <w:rsid w:val="000F421C"/>
     <w:rsid w:val="000F4629"/>
     <w:rsid w:val="0010100C"/>
     <w:rsid w:val="001019D8"/>
     <w:rsid w:val="001114F6"/>
     <w:rsid w:val="00115CBB"/>
@@ -3587,90 +3662,94 @@
     <w:rsid w:val="00196F37"/>
     <w:rsid w:val="001B420F"/>
     <w:rsid w:val="001C1933"/>
     <w:rsid w:val="001C5B94"/>
     <w:rsid w:val="001C736C"/>
     <w:rsid w:val="001C7939"/>
     <w:rsid w:val="001D5409"/>
     <w:rsid w:val="001E19DB"/>
     <w:rsid w:val="001E5543"/>
     <w:rsid w:val="001E5E37"/>
     <w:rsid w:val="001F1CD6"/>
     <w:rsid w:val="001F2EF8"/>
     <w:rsid w:val="00200610"/>
     <w:rsid w:val="002010E1"/>
     <w:rsid w:val="00203850"/>
     <w:rsid w:val="0021109D"/>
     <w:rsid w:val="00211E3C"/>
     <w:rsid w:val="00212A74"/>
     <w:rsid w:val="00217585"/>
     <w:rsid w:val="002248D2"/>
     <w:rsid w:val="002268D2"/>
     <w:rsid w:val="00230271"/>
     <w:rsid w:val="0023095B"/>
     <w:rsid w:val="00234DE4"/>
     <w:rsid w:val="002379BA"/>
+    <w:rsid w:val="00241B86"/>
     <w:rsid w:val="002424CA"/>
     <w:rsid w:val="00246F18"/>
     <w:rsid w:val="0027267F"/>
     <w:rsid w:val="00275EBD"/>
     <w:rsid w:val="002973F3"/>
     <w:rsid w:val="002A7673"/>
+    <w:rsid w:val="002D00B3"/>
     <w:rsid w:val="002D0E7B"/>
     <w:rsid w:val="002E4EA1"/>
     <w:rsid w:val="002E5DF4"/>
     <w:rsid w:val="002E7121"/>
     <w:rsid w:val="002E7E2F"/>
     <w:rsid w:val="002F44C0"/>
     <w:rsid w:val="0030453A"/>
     <w:rsid w:val="00314607"/>
     <w:rsid w:val="00337E6D"/>
     <w:rsid w:val="00352030"/>
     <w:rsid w:val="00363E50"/>
     <w:rsid w:val="003702DC"/>
     <w:rsid w:val="003711D2"/>
     <w:rsid w:val="0038211F"/>
     <w:rsid w:val="0038408E"/>
+    <w:rsid w:val="00384C4C"/>
     <w:rsid w:val="00387EB7"/>
     <w:rsid w:val="003B04DB"/>
     <w:rsid w:val="003B2749"/>
     <w:rsid w:val="003B51F8"/>
     <w:rsid w:val="003B791C"/>
     <w:rsid w:val="003C49F2"/>
     <w:rsid w:val="003C50F4"/>
     <w:rsid w:val="003D40E5"/>
     <w:rsid w:val="003E28B4"/>
     <w:rsid w:val="003E30A4"/>
     <w:rsid w:val="003E72DE"/>
     <w:rsid w:val="003F2C7D"/>
     <w:rsid w:val="003F54AB"/>
     <w:rsid w:val="003F737D"/>
     <w:rsid w:val="004110AC"/>
     <w:rsid w:val="00415B24"/>
     <w:rsid w:val="00421483"/>
     <w:rsid w:val="0042730C"/>
     <w:rsid w:val="00436B12"/>
+    <w:rsid w:val="0044395F"/>
     <w:rsid w:val="00450264"/>
     <w:rsid w:val="004548EF"/>
     <w:rsid w:val="0045703B"/>
     <w:rsid w:val="00460C83"/>
     <w:rsid w:val="004702B4"/>
     <w:rsid w:val="00470FAF"/>
     <w:rsid w:val="0047595B"/>
     <w:rsid w:val="0048006C"/>
     <w:rsid w:val="00487472"/>
     <w:rsid w:val="00487767"/>
     <w:rsid w:val="00490DC3"/>
     <w:rsid w:val="004A0E3D"/>
     <w:rsid w:val="004A555C"/>
     <w:rsid w:val="004C6F48"/>
     <w:rsid w:val="004C6FF3"/>
     <w:rsid w:val="004D3F3D"/>
     <w:rsid w:val="004D446C"/>
     <w:rsid w:val="004D76E2"/>
     <w:rsid w:val="004D7947"/>
     <w:rsid w:val="004E3E0C"/>
     <w:rsid w:val="004E5872"/>
     <w:rsid w:val="004F34E7"/>
     <w:rsid w:val="00502869"/>
     <w:rsid w:val="00505031"/>
     <w:rsid w:val="00507169"/>
@@ -3725,59 +3804,61 @@
     <w:rsid w:val="007134CF"/>
     <w:rsid w:val="0072691C"/>
     <w:rsid w:val="0072F1B9"/>
     <w:rsid w:val="00734594"/>
     <w:rsid w:val="007406DA"/>
     <w:rsid w:val="0074440A"/>
     <w:rsid w:val="00745FBD"/>
     <w:rsid w:val="007526A3"/>
     <w:rsid w:val="00762B67"/>
     <w:rsid w:val="0076794F"/>
     <w:rsid w:val="00767DEA"/>
     <w:rsid w:val="00777C46"/>
     <w:rsid w:val="007827CB"/>
     <w:rsid w:val="00784B5D"/>
     <w:rsid w:val="007A6963"/>
     <w:rsid w:val="007C42F6"/>
     <w:rsid w:val="007C742E"/>
     <w:rsid w:val="007E4A00"/>
     <w:rsid w:val="007F7B72"/>
     <w:rsid w:val="00803E08"/>
     <w:rsid w:val="00811D03"/>
     <w:rsid w:val="0081351E"/>
     <w:rsid w:val="00817390"/>
     <w:rsid w:val="00824D20"/>
     <w:rsid w:val="00833B3D"/>
+    <w:rsid w:val="008365C1"/>
     <w:rsid w:val="0084096E"/>
     <w:rsid w:val="00840F61"/>
     <w:rsid w:val="00845A52"/>
     <w:rsid w:val="00845E84"/>
     <w:rsid w:val="0084725A"/>
     <w:rsid w:val="00851E40"/>
     <w:rsid w:val="008562C1"/>
     <w:rsid w:val="00857BD0"/>
     <w:rsid w:val="00865CD4"/>
+    <w:rsid w:val="00870659"/>
     <w:rsid w:val="00871F24"/>
     <w:rsid w:val="008729F3"/>
     <w:rsid w:val="0088217C"/>
     <w:rsid w:val="00891A95"/>
     <w:rsid w:val="00894AB8"/>
     <w:rsid w:val="0089564E"/>
     <w:rsid w:val="00895DEB"/>
     <w:rsid w:val="00896A83"/>
     <w:rsid w:val="008A168F"/>
     <w:rsid w:val="008A2322"/>
     <w:rsid w:val="008B4FFB"/>
     <w:rsid w:val="008B6F3B"/>
     <w:rsid w:val="008C06D5"/>
     <w:rsid w:val="008C66AE"/>
     <w:rsid w:val="008E181A"/>
     <w:rsid w:val="008F22D5"/>
     <w:rsid w:val="008F6EB3"/>
     <w:rsid w:val="00900CBA"/>
     <w:rsid w:val="00901177"/>
     <w:rsid w:val="009217F8"/>
     <w:rsid w:val="0092195E"/>
     <w:rsid w:val="00933133"/>
     <w:rsid w:val="009352B3"/>
     <w:rsid w:val="009378A3"/>
     <w:rsid w:val="00942609"/>
@@ -3793,51 +3874,50 @@
     <w:rsid w:val="009B114C"/>
     <w:rsid w:val="009B21B2"/>
     <w:rsid w:val="009B21F3"/>
     <w:rsid w:val="009C36CA"/>
     <w:rsid w:val="009C744C"/>
     <w:rsid w:val="009D55EF"/>
     <w:rsid w:val="009D6A44"/>
     <w:rsid w:val="009E1798"/>
     <w:rsid w:val="009F5800"/>
     <w:rsid w:val="00A03463"/>
     <w:rsid w:val="00A0586B"/>
     <w:rsid w:val="00A11DF2"/>
     <w:rsid w:val="00A16428"/>
     <w:rsid w:val="00A17E82"/>
     <w:rsid w:val="00A4041B"/>
     <w:rsid w:val="00A51A84"/>
     <w:rsid w:val="00A5795D"/>
     <w:rsid w:val="00A62AF5"/>
     <w:rsid w:val="00A91A6E"/>
     <w:rsid w:val="00A92E47"/>
     <w:rsid w:val="00A92E4B"/>
     <w:rsid w:val="00A970E0"/>
     <w:rsid w:val="00A979E1"/>
     <w:rsid w:val="00AA559A"/>
     <w:rsid w:val="00AB000F"/>
-    <w:rsid w:val="00AB03A2"/>
     <w:rsid w:val="00AB5BAA"/>
     <w:rsid w:val="00AC118B"/>
     <w:rsid w:val="00AD7523"/>
     <w:rsid w:val="00AE066E"/>
     <w:rsid w:val="00AE093E"/>
     <w:rsid w:val="00AE17ED"/>
     <w:rsid w:val="00AE242F"/>
     <w:rsid w:val="00AE507E"/>
     <w:rsid w:val="00AF2229"/>
     <w:rsid w:val="00AF372C"/>
     <w:rsid w:val="00AF5F30"/>
     <w:rsid w:val="00B005D1"/>
     <w:rsid w:val="00B0644E"/>
     <w:rsid w:val="00B10252"/>
     <w:rsid w:val="00B13D9F"/>
     <w:rsid w:val="00B34FEC"/>
     <w:rsid w:val="00B4038D"/>
     <w:rsid w:val="00B53B17"/>
     <w:rsid w:val="00B62016"/>
     <w:rsid w:val="00B8198A"/>
     <w:rsid w:val="00B85ECB"/>
     <w:rsid w:val="00B86AC0"/>
     <w:rsid w:val="00B935B1"/>
     <w:rsid w:val="00BB0B39"/>
     <w:rsid w:val="00BB199F"/>
@@ -3920,292 +4000,314 @@
     <w:rsid w:val="00EF1675"/>
     <w:rsid w:val="00F33A25"/>
     <w:rsid w:val="00F33C87"/>
     <w:rsid w:val="00F430C0"/>
     <w:rsid w:val="00F46BC5"/>
     <w:rsid w:val="00F473B3"/>
     <w:rsid w:val="00F56FD7"/>
     <w:rsid w:val="00F623AE"/>
     <w:rsid w:val="00F67B9F"/>
     <w:rsid w:val="00F67F5D"/>
     <w:rsid w:val="00F73D7C"/>
     <w:rsid w:val="00F822DC"/>
     <w:rsid w:val="00F8311D"/>
     <w:rsid w:val="00F86D34"/>
     <w:rsid w:val="00FA1091"/>
     <w:rsid w:val="00FA28E4"/>
     <w:rsid w:val="00FA5777"/>
     <w:rsid w:val="00FA58C2"/>
     <w:rsid w:val="00FA76B1"/>
     <w:rsid w:val="00FB6BD9"/>
     <w:rsid w:val="00FC79C3"/>
     <w:rsid w:val="00FE06C9"/>
     <w:rsid w:val="00FE3A92"/>
     <w:rsid w:val="0170AAA5"/>
     <w:rsid w:val="024B6A24"/>
+    <w:rsid w:val="0291AF67"/>
     <w:rsid w:val="0302F3DD"/>
+    <w:rsid w:val="034EB8DE"/>
     <w:rsid w:val="03A1602C"/>
     <w:rsid w:val="046676BC"/>
     <w:rsid w:val="07B44F0C"/>
     <w:rsid w:val="0AA0E516"/>
     <w:rsid w:val="0B7B6AF7"/>
     <w:rsid w:val="0CF7A121"/>
     <w:rsid w:val="0CFBD487"/>
     <w:rsid w:val="0DD3FD98"/>
     <w:rsid w:val="0DED255D"/>
+    <w:rsid w:val="0EA21C63"/>
     <w:rsid w:val="0EBC0EE7"/>
+    <w:rsid w:val="0F004728"/>
     <w:rsid w:val="1211E712"/>
+    <w:rsid w:val="1215BB3D"/>
+    <w:rsid w:val="129241D5"/>
     <w:rsid w:val="141FB247"/>
     <w:rsid w:val="1566D9A0"/>
     <w:rsid w:val="16886E7E"/>
     <w:rsid w:val="16D92BC8"/>
     <w:rsid w:val="17C33269"/>
     <w:rsid w:val="183F07F7"/>
     <w:rsid w:val="19735793"/>
+    <w:rsid w:val="19BE2557"/>
     <w:rsid w:val="1A7ACA31"/>
+    <w:rsid w:val="1C1EFDAB"/>
     <w:rsid w:val="1C7D74FC"/>
     <w:rsid w:val="1CD027E0"/>
     <w:rsid w:val="1D85C5B0"/>
     <w:rsid w:val="1DB5F033"/>
     <w:rsid w:val="1F51C094"/>
     <w:rsid w:val="21C161A0"/>
     <w:rsid w:val="2374DF34"/>
     <w:rsid w:val="25CF5D41"/>
     <w:rsid w:val="278C7351"/>
     <w:rsid w:val="28695EE0"/>
     <w:rsid w:val="2986D5EA"/>
     <w:rsid w:val="29EC0126"/>
     <w:rsid w:val="2AAF085E"/>
     <w:rsid w:val="2B348271"/>
     <w:rsid w:val="2C339D80"/>
+    <w:rsid w:val="2D1A2CB0"/>
     <w:rsid w:val="2D33F035"/>
     <w:rsid w:val="2E133586"/>
     <w:rsid w:val="2E3F52EE"/>
     <w:rsid w:val="2F945DAF"/>
     <w:rsid w:val="31F22CB1"/>
     <w:rsid w:val="323A8BFA"/>
     <w:rsid w:val="3248C2F8"/>
     <w:rsid w:val="3372D3C1"/>
     <w:rsid w:val="35B72C8B"/>
     <w:rsid w:val="364479CA"/>
     <w:rsid w:val="3935C417"/>
     <w:rsid w:val="3B6E07A6"/>
     <w:rsid w:val="3C371E3F"/>
+    <w:rsid w:val="3DFBADFA"/>
     <w:rsid w:val="3E4EBD92"/>
     <w:rsid w:val="3FF3C1F9"/>
+    <w:rsid w:val="40B01506"/>
+    <w:rsid w:val="42190C56"/>
     <w:rsid w:val="425831F8"/>
     <w:rsid w:val="42CBA194"/>
     <w:rsid w:val="42CDEE24"/>
     <w:rsid w:val="43F13966"/>
     <w:rsid w:val="44C4B19B"/>
     <w:rsid w:val="4503F98D"/>
     <w:rsid w:val="452F6241"/>
     <w:rsid w:val="4720D065"/>
     <w:rsid w:val="47F3D053"/>
+    <w:rsid w:val="481D3A3C"/>
     <w:rsid w:val="49134247"/>
     <w:rsid w:val="49F9C955"/>
     <w:rsid w:val="4A414801"/>
     <w:rsid w:val="4A83179C"/>
     <w:rsid w:val="4B085354"/>
     <w:rsid w:val="4CA0C369"/>
     <w:rsid w:val="4E8C4237"/>
     <w:rsid w:val="4F11F9C9"/>
     <w:rsid w:val="4FDC7338"/>
     <w:rsid w:val="5051129E"/>
+    <w:rsid w:val="5100FA48"/>
     <w:rsid w:val="510F05D8"/>
     <w:rsid w:val="51FCB597"/>
     <w:rsid w:val="52820E3C"/>
     <w:rsid w:val="52A7A72D"/>
+    <w:rsid w:val="52D3DDC6"/>
     <w:rsid w:val="52DBEFD1"/>
+    <w:rsid w:val="52F7CDA4"/>
     <w:rsid w:val="537D071E"/>
+    <w:rsid w:val="53A8DCAB"/>
     <w:rsid w:val="53E24524"/>
     <w:rsid w:val="54228ED5"/>
     <w:rsid w:val="545D467D"/>
     <w:rsid w:val="5783148E"/>
     <w:rsid w:val="581E0A20"/>
+    <w:rsid w:val="594BABF6"/>
     <w:rsid w:val="59DE18E0"/>
     <w:rsid w:val="5A0E3C51"/>
     <w:rsid w:val="5A178308"/>
     <w:rsid w:val="5B7D337F"/>
     <w:rsid w:val="5BABC2D3"/>
     <w:rsid w:val="5BFE58B4"/>
     <w:rsid w:val="5C63AC1B"/>
     <w:rsid w:val="5E581469"/>
     <w:rsid w:val="5EF78135"/>
     <w:rsid w:val="61F5B9DE"/>
     <w:rsid w:val="62C26679"/>
+    <w:rsid w:val="634D0C34"/>
     <w:rsid w:val="64AF2AAA"/>
     <w:rsid w:val="64D8E8A7"/>
+    <w:rsid w:val="65E99FC9"/>
     <w:rsid w:val="66E62473"/>
     <w:rsid w:val="6701CBE0"/>
     <w:rsid w:val="68A46A88"/>
     <w:rsid w:val="68C0845D"/>
     <w:rsid w:val="68F59CB7"/>
     <w:rsid w:val="6A2B57A8"/>
     <w:rsid w:val="6AE1DE3F"/>
     <w:rsid w:val="6B4D42CF"/>
+    <w:rsid w:val="6B57746D"/>
     <w:rsid w:val="6C388632"/>
     <w:rsid w:val="6CF3A08D"/>
     <w:rsid w:val="6EAE1658"/>
     <w:rsid w:val="6EB633A2"/>
     <w:rsid w:val="6F2840A4"/>
     <w:rsid w:val="6F760ACE"/>
     <w:rsid w:val="72B55DC4"/>
     <w:rsid w:val="73C52109"/>
     <w:rsid w:val="73C898DA"/>
     <w:rsid w:val="7542432A"/>
     <w:rsid w:val="75C47B23"/>
     <w:rsid w:val="76CABB51"/>
     <w:rsid w:val="776C7AC4"/>
     <w:rsid w:val="77B4541B"/>
     <w:rsid w:val="78BF9132"/>
     <w:rsid w:val="7906DF51"/>
     <w:rsid w:val="7A5679A5"/>
     <w:rsid w:val="7AA73701"/>
     <w:rsid w:val="7AF36DA6"/>
     <w:rsid w:val="7B663B7B"/>
     <w:rsid w:val="7B717075"/>
+    <w:rsid w:val="7BF8470A"/>
     <w:rsid w:val="7C6EDD6D"/>
     <w:rsid w:val="7D020BDC"/>
     <w:rsid w:val="7D5FF774"/>
     <w:rsid w:val="7E449949"/>
     <w:rsid w:val="7E9DDC3D"/>
     <w:rsid w:val="7F87D3F3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="45DB31AB"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{81B5701B-BA47-4C19-B362-D0352B1B7857}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4361,52 +4463,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -4473,119 +4575,119 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00676AAF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00676AAF"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00676AAF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00676AAF"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00676AAF"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00676AAF"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
@@ -4608,76 +4710,76 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00563268"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00563268"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00563268"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00563268"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00563268"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00563268"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
@@ -4697,83 +4799,82 @@
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000F0766"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="44546A" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00FB4123"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fexperience.arcgis.com%2Fexperience%2F707ca2472f004f4eb1930cc97a45276a%2Fpage%2FPage&amp;data=05%7C02%7CGrunewaldM%40bouldercolorado.gov%7Cd6b35b32f4bd47f4a9bd08de52d47325%7C0a7f94bb40af4edcafad2c1af27bc0f3%7C0%7C0%7C639039269573871539%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=f7Yqr2jru0UrOmkprPK%2F%2BYOPqBY0SwOl%2F5Me1sA%2FN1o%3D&amp;reserved=0" TargetMode="External" Id="R848fbb994f5241e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fexperience.arcgis.com%2Fexperience%2F707ca2472f004f4eb1930cc97a45276a%2Fpage%2FPage&amp;data=05%7C02%7CGrunewaldM%40bouldercolorado.gov%7Cd6b35b32f4bd47f4a9bd08de52d47325%7C0a7f94bb40af4edcafad2c1af27bc0f3%7C0%7C0%7C639039269573871539%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=f7Yqr2jru0UrOmkprPK%2F%2BYOPqBY0SwOl%2F5Me1sA%2FN1o%3D&amp;reserved=0" TargetMode="External" Id="R3f72decb62fd406b" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osmpfccreview@bouldercolorado.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.osmp.org" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -5040,88 +5141,102 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A9E626ECB6E38248A2742758BA801FF6" ma:contentTypeVersion="34" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="24cea84a9a54c6485522c5f61ff75acc">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e844fd5a-4c99-44ef-a53a-31c89c7786ad" xmlns:ns3="23cc69d5-b560-4a4e-9e8b-f5998d9ed68c" xmlns:ns4="e80298fd-930e-4213-a4ae-21e19a174d33" xmlns:ns5="04943c3b-4176-4696-9cc5-34a6f8347d11" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3d7ef33b09fb3a590fb714d654c82791" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="04943c3b-4176-4696-9cc5-34a6f8347d11" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e80298fd-930e-4213-a4ae-21e19a174d33">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <SharedWithUsers xmlns="23cc69d5-b560-4a4e-9e8b-f5998d9ed68c">
+      <UserInfo>
+        <DisplayName>Hammond, Daniel</DisplayName>
+        <AccountId>131</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A9E626ECB6E38248A2742758BA801FF6" ma:contentTypeVersion="35" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c3b0ad0767885dfb98d1e5ecc2a8b9b2">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e844fd5a-4c99-44ef-a53a-31c89c7786ad" xmlns:ns3="23cc69d5-b560-4a4e-9e8b-f5998d9ed68c" xmlns:ns4="e80298fd-930e-4213-a4ae-21e19a174d33" xmlns:ns5="04943c3b-4176-4696-9cc5-34a6f8347d11" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f12a335acadcbacd51c838d300fa09ce" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
     <xsd:import namespace="e844fd5a-4c99-44ef-a53a-31c89c7786ad"/>
     <xsd:import namespace="23cc69d5-b560-4a4e-9e8b-f5998d9ed68c"/>
     <xsd:import namespace="e80298fd-930e-4213-a4ae-21e19a174d33"/>
     <xsd:import namespace="04943c3b-4176-4696-9cc5-34a6f8347d11"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns4:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns5:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e844fd5a-4c99-44ef-a53a-31c89c7786ad" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:description="" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:description="" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -5198,50 +5313,55 @@
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e80298fd-930e-4213-a4ae-21e19a174d33" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f5132f65-3f16-4ed5-aad9-a4730df2f0fb" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="26" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="04943c3b-4176-4696-9cc5-34a6f8347d11" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{726f58be-9a91-4faa-bf1a-e6f3bde104b4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="04943c3b-4176-4696-9cc5-34a6f8347d11">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
@@ -5313,180 +5433,103 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C10F668F-0F12-4353-8C84-8DEE9A0D5419}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FFF5FD5-56AA-4CDE-8517-6211049CFAB7}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A2A43818-553C-4182-889C-56573E783FA9}">
-[...19 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C61D8DC-ACE1-4C09-AAA2-A9F5A411AD18}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="04943c3b-4176-4696-9cc5-34a6f8347d11"/>
     <ds:schemaRef ds:uri="e80298fd-930e-4213-a4ae-21e19a174d33"/>
     <ds:schemaRef ds:uri="23cc69d5-b560-4a4e-9e8b-f5998d9ed68c"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6A29505-CACA-44BC-B2D0-1EA5E51736BC}"/>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FFF5FD5-56AA-4CDE-8517-6211049CFAB7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C10F668F-0F12-4353-8C84-8DEE9A0D5419}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...56 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kisiel, Katie</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A9E626ECB6E38248A2742758BA801FF6</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>